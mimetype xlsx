--- v0 (2025-10-28)
+++ v1 (2026-03-07)
@@ -1,400 +1,413 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX1.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX2.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX2.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX3.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX3.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX4.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX4.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/xl/activeX/activeX5.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX5.bin" ContentType="application/vnd.ms-office.activeX"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\6 - DISTRIBUTIONS\QBE-All Years\2025 QBE\2025 - QBE Forms and Cover Letters\2025 - QBE Forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cdunlap1\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1AE87988-8A2E-4ABA-B17B-BA3CEE7B1381}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{576FFC9B-999B-4508-91E5-CE4C422546FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="22780" windowHeight="14540" tabRatio="602" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="602" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="QBE 101" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'QBE 101'!$A$1:$H$45</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E42" i="1" l="1"/>
   <c r="E27" i="1"/>
   <c r="B42" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="68">
   <si>
+    <t>QBE-101 (Rev. 06/2025)</t>
+  </si>
+  <si>
+    <t>Check One:</t>
+  </si>
+  <si>
+    <t>Georgia Department of Revenue</t>
+  </si>
+  <si>
+    <t>Local Government Services Division</t>
+  </si>
+  <si>
+    <t>Attn: Distributions Unit</t>
+  </si>
+  <si>
+    <t xml:space="preserve">        Name of Independent School System:</t>
+  </si>
+  <si>
+    <t>4125 Welcome All Rd, Suite 701</t>
+  </si>
+  <si>
+    <t>2025 QUALITY BASIC EDUCATION REPORT (QBE)</t>
+  </si>
+  <si>
+    <t>Atlanta GA 30349</t>
+  </si>
+  <si>
+    <t>Fax Number:  (404) 724-7011</t>
+  </si>
+  <si>
+    <t>TAX COMMISSIONER</t>
+  </si>
+  <si>
+    <t>Email: localgovt.services@dor.ga.gov</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COUNTY NAME: </t>
+  </si>
+  <si>
+    <t>For the period of JULY 1, 2024 through JUNE 30, 2025, provide a breakdown, by source, of all local revenues your office distributed to the school system for maintenance and operation.</t>
+  </si>
+  <si>
+    <t>Do NOT include BOND or other revenues that other local governments may have distributed to this school system.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Complete, sign, and return to the above address, fax number, or email address no later than SEPTEMBER 1, 2025. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAILURE TO SUBMIT THIS FORM ACCURATELY AND TIMELY COULD ADVERSELY AFFECT YOUR SCHOOL FUNDING THROUGH THE QUALITY BASIC EDUCATION ACT. </t>
+  </si>
+  <si>
     <t>PART 1 - TAX REVENUE</t>
   </si>
   <si>
-    <t>(Only if distributed to School System)</t>
+    <t>PART 2 - ITEMS "IN LIEU OF" TAX</t>
+  </si>
+  <si>
+    <t>PART 4 - EXEMPTIONS</t>
+  </si>
+  <si>
+    <t>SOURCE OF REVENUE</t>
   </si>
   <si>
     <t>AMOUNT DISTRIBUTED</t>
   </si>
   <si>
-    <t>PART 4 - EXEMPTIONS</t>
-[...26 lines deleted...]
-    <t>TAX COMMISSIONER</t>
+    <t>This information should be obtained from your 2024 County School Consolidation Sheet.   (See "Notes" if applicable)</t>
+  </si>
+  <si>
+    <t>Ad Valorem / Real and Personal</t>
+  </si>
+  <si>
+    <t>Refuge Revenue Sharing</t>
+  </si>
+  <si>
+    <t>Ad Valorem / FLPA</t>
+  </si>
+  <si>
+    <t>U.S. Treasury Wildlife Fund</t>
+  </si>
+  <si>
+    <t>Ad Valorem / Mobile Homes</t>
+  </si>
+  <si>
+    <t>Housing Authority</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">A.  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>*</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Number of regular homestead exemptions</t>
     </r>
   </si>
   <si>
+    <t>Ad Valorem / Motor Vehicles</t>
+  </si>
+  <si>
+    <t>Bureau of Land Management</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      granted for school purposes (S1 exemption</t>
+  </si>
+  <si>
+    <t>Ad Valorem / Heavy-duty Equipment</t>
+  </si>
+  <si>
+    <t>Other: (List and explain below or on back)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      count on School Consolidation Sheet).</t>
+  </si>
+  <si>
+    <t>Ad Valorem / Public Utilities</t>
+  </si>
+  <si>
+    <t>Ad Valorem / Timber</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">B.  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>*</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Number of disabled veteran exemptions </t>
+    </r>
+  </si>
+  <si>
+    <t>Ad Valorem / Taxes from N.O.D.s</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     granted for school purposes (S5 &amp; SD exemption</t>
+  </si>
+  <si>
+    <t>Intangible Recording Tax</t>
+  </si>
+  <si>
+    <t>TOTAL &gt;&gt;&gt;&gt;&gt;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     count on School Consolidation Sheet).</t>
+  </si>
+  <si>
+    <t>Ad Valorem / Delinquent Taxes</t>
+  </si>
+  <si>
+    <t>PART 3 - NON-TAX REVENUE</t>
+  </si>
+  <si>
+    <r>
+      <t>*</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>"NOTES"</t>
+    </r>
+  </si>
+  <si>
+    <t>(Including FI.FA.s)</t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">   </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Counties with One School System</t>
     </r>
   </si>
   <si>
+    <t xml:space="preserve">Penalties and/or Interest </t>
+  </si>
+  <si>
+    <t>Bank Interest</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     If the county only has local exemptions, use the S1 exemption  </t>
+  </si>
+  <si>
+    <t>on Delinquent Taxes</t>
+  </si>
+  <si>
     <t xml:space="preserve">     found on the STATE Consolidation Sheet.</t>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-    <t xml:space="preserve">     If the county only has local exemptions, use the S1 exemption  </t>
+    <t>Local Option Sales Tax</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Counties with Independent School System(s)</t>
     </r>
   </si>
   <si>
+    <t>(Only if distributed to School System)</t>
+  </si>
+  <si>
+    <t>Motor Vehicle Title Ad Valorem Tax</t>
+  </si>
+  <si>
     <t xml:space="preserve">    The exemptions listed above, when added to the reported </t>
   </si>
   <si>
+    <t>Alternative Ad Valorem Tax (AAVT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     Independent School's S1, S5 and SD exemptions, should equal </t>
+  </si>
+  <si>
     <t xml:space="preserve">     the respective exemptions on the STATE Consolidation Sheet.</t>
   </si>
   <si>
-    <r>
-[...25 lines deleted...]
-    <t xml:space="preserve">        Name of Independent School System:</t>
+    <t>TOTAL:</t>
+  </si>
+  <si>
+    <t>I hereby certify that the information contained on this form is correct and represents the information required in O.C.G.A. Section 20-2-164.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Signature - Tax Commissioner </t>
+  </si>
+  <si>
+    <t>Date</t>
+  </si>
+  <si>
+    <t>Phone Number</t>
   </si>
   <si>
     <t>Email Address</t>
-  </si>
-[...127 lines deleted...]
-    <t>This information should be obtained from your 2024 County School Consolidation Sheet.   (See "Notes" if applicable)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
@@ -444,1082 +457,1323 @@
       <i/>
       <u/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color theme="10"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="41"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="30">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...41 lines deleted...]
-      </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...78 lines deleted...]
-      </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
-        <color indexed="64"/>
-[...54 lines deleted...]
-      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...28 lines deleted...]
-      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...1 lines deleted...]
-      </left>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top/>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
+      <right style="thin">
         <color indexed="64"/>
       </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...34 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="43" fontId="4" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="43" fontId="4" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="43" fontId="4" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="43" fontId="4" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="43" fontId="4" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="43" fontId="4" fillId="2" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="43" fontId="4" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="43" fontId="4" fillId="2" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="43" fontId="4" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="43" fontId="4" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="43" fontId="4" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="39" fontId="13" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...18 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...13 lines deleted...]
-    <xf numFmtId="43" fontId="4" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="4" fontId="4" fillId="2" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="4" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="13" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="2" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="4" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...71 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="1">
+  <dxfs count="13">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color auto="1"/>
       </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor indexed="9"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+        <top style="medium">
+          <color indexed="64"/>
+        </top>
+        <bottom style="medium">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="medium">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor indexed="41"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="35" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="medium">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+        <top style="medium">
+          <color indexed="64"/>
+        </top>
+        <bottom style="medium">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="medium">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor indexed="41"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="medium">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+        <top style="medium">
+          <color indexed="64"/>
+        </top>
+        <bottom style="medium">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="medium">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor indexed="41"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX1.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX2.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX3.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX4.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/_rels/activeX5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX5.bin"/></Relationships>
 </file>
 
 <file path=xl/activeX/activeX1.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D10-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX2.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D40-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX3.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D40-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX4.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D40-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/activeX/activeX5.xml><?xml version="1.0" encoding="utf-8"?>
 <ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D10-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStreamInit" r:id="rId1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>1276350</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>152400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>895350</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="1040" name="TextBox1" hidden="1">
+            <xdr:cNvPr id="1040" name="TextBox1" descr="Enter county name" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1040"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000010040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>88900</xdr:colOff>
+          <xdr:colOff>85725</xdr:colOff>
           <xdr:row>2</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>127000</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>3</xdr:row>
-          <xdr:rowOff>31750</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="1041" name="CheckBox1" hidden="1">
+            <xdr:cNvPr id="1041" name="CheckBox1" descr="Check if report for county school system" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1041"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000011040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>3</xdr:row>
-          <xdr:rowOff>50800</xdr:rowOff>
+          <xdr:rowOff>47625</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>101600</xdr:colOff>
+          <xdr:colOff>104775</xdr:colOff>
           <xdr:row>4</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="1042" name="CheckBox2" hidden="1">
+            <xdr:cNvPr id="1042" name="CheckBox2" descr="Check if applicable" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1042"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000012040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>3</xdr:row>
-          <xdr:rowOff>50800</xdr:rowOff>
+          <xdr:rowOff>47625</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>101600</xdr:colOff>
+          <xdr:colOff>104775</xdr:colOff>
           <xdr:row>4</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="1043" name="CheckBox3" hidden="1">
+            <xdr:cNvPr id="1043" name="CheckBox3" descr="Check if report for independent school system" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1043"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000013040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>165100</xdr:colOff>
+          <xdr:colOff>161925</xdr:colOff>
           <xdr:row>3</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>1314450</xdr:colOff>
+          <xdr:colOff>1181100</xdr:colOff>
           <xdr:row>4</xdr:row>
-          <xdr:rowOff>184150</xdr:rowOff>
+          <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="1045" name="TextBox2" hidden="1">
+            <xdr:cNvPr id="1045" name="TextBox2" descr="Enter name of independent school system" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1045"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000015040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
@@ -1580,97 +1834,139 @@
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1581150</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2565400</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>165100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="2" name="Picture 1" descr="Georgia Department of Revenue logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C4F9873-44AA-A46D-DBE9-73ED7CCC008B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9296400" y="7613650"/>
           <a:ext cx="984250" cy="984250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{6CCE9EF8-09F5-4C35-B624-24826A9D266E}" name="Table1" displayName="Table1" ref="A18:B42" totalsRowShown="0" headerRowDxfId="12" headerRowBorderDxfId="11" tableBorderDxfId="10">
+  <autoFilter ref="A18:B42" xr:uid="{6CCE9EF8-09F5-4C35-B624-24826A9D266E}">
+    <filterColumn colId="0" hiddenButton="1"/>
+    <filterColumn colId="1" hiddenButton="1"/>
+  </autoFilter>
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{63940B1F-694D-4B39-AD52-0192FE8FD2B9}" name="SOURCE OF REVENUE" dataDxfId="9"/>
+    <tableColumn id="2" xr3:uid="{C9813A1C-E6F7-4FAB-B3B3-7B21EE8A6860}" name="AMOUNT DISTRIBUTED"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{C90AA5BA-08AE-4FCC-BBA9-E0B3F417FAA0}" name="Table2" displayName="Table2" ref="D18:E27" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6">
+  <autoFilter ref="D18:E27" xr:uid="{C90AA5BA-08AE-4FCC-BBA9-E0B3F417FAA0}">
+    <filterColumn colId="0" hiddenButton="1"/>
+    <filterColumn colId="1" hiddenButton="1"/>
+  </autoFilter>
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{FF0582A1-1C22-4A8F-8FA3-5C5D0AB3B29F}" name="SOURCE OF REVENUE"/>
+    <tableColumn id="2" xr3:uid="{95894C0F-59CB-449D-BAC4-3A38A09D0AF8}" name="AMOUNT DISTRIBUTED" dataDxfId="5"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{28582A28-5793-4BEE-AB86-CFF073D413DE}" name="Table3" displayName="Table3" ref="D30:E42" totalsRowShown="0" headerRowDxfId="4" headerRowBorderDxfId="3" tableBorderDxfId="2">
+  <autoFilter ref="D30:E42" xr:uid="{28582A28-5793-4BEE-AB86-CFF073D413DE}">
+    <filterColumn colId="0" hiddenButton="1"/>
+    <filterColumn colId="1" hiddenButton="1"/>
+  </autoFilter>
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{BFE57625-1E31-4462-80D2-74BCD62E88E3}" name="SOURCE OF REVENUE"/>
+    <tableColumn id="2" xr3:uid="{3E56CCC9-F554-454A-B706-B1DBF0AE4328}" name="AMOUNT DISTRIBUTED" dataDxfId="1"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1976,1046 +2272,1355 @@
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:localgovt.services@dor.ga.gov" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O50"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="E24" sqref="E24"/>
+      <selection activeCell="H21" sqref="H21:H23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.26953125" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="10.26953125" customWidth="1"/>
+    <col min="1" max="1" width="34.28515625" customWidth="1"/>
+    <col min="2" max="2" width="21.42578125" customWidth="1"/>
+    <col min="3" max="3" width="1.42578125" customWidth="1"/>
+    <col min="4" max="4" width="34.140625" customWidth="1"/>
+    <col min="5" max="5" width="21.42578125" customWidth="1"/>
+    <col min="6" max="6" width="1.28515625" customWidth="1"/>
+    <col min="7" max="7" width="42.28515625" customWidth="1"/>
+    <col min="8" max="8" width="11.140625" customWidth="1"/>
+    <col min="9" max="9" width="10.28515625" hidden="1" customWidth="1"/>
+    <col min="10" max="15" width="0" hidden="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="A2" s="26" t="s">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A1" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="G1" s="20"/>
+    </row>
+    <row r="2" spans="1:15" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="G2" s="86" t="s">
+        <v>2</v>
+      </c>
+      <c r="H2" s="86"/>
+    </row>
+    <row r="3" spans="1:15" ht="15" x14ac:dyDescent="0.25">
+      <c r="A3" s="22"/>
+      <c r="C3" s="21"/>
+      <c r="D3" s="21"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="86" t="s">
+        <v>3</v>
+      </c>
+      <c r="H3" s="86"/>
+    </row>
+    <row r="4" spans="1:15" ht="15" x14ac:dyDescent="0.25">
+      <c r="A4" s="22"/>
+      <c r="G4" s="86" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" s="86"/>
+      <c r="I4" s="2"/>
+    </row>
+    <row r="5" spans="1:15" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="28" t="s">
+        <v>5</v>
+      </c>
+      <c r="F5" s="9"/>
+      <c r="G5" s="86" t="s">
+        <v>6</v>
+      </c>
+      <c r="H5" s="86"/>
+    </row>
+    <row r="6" spans="1:15" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="92" t="s">
         <v>7</v>
       </c>
-      <c r="C2" s="25"/>
-[...64 lines deleted...]
-      <c r="D8" s="77" t="s">
+      <c r="B6" s="93"/>
+      <c r="C6" s="93"/>
+      <c r="D6" s="94"/>
+      <c r="E6" s="14"/>
+      <c r="F6" s="9"/>
+      <c r="G6" s="86" t="s">
+        <v>8</v>
+      </c>
+      <c r="H6" s="86"/>
+    </row>
+    <row r="7" spans="1:15" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="16"/>
+      <c r="B7" s="16"/>
+      <c r="C7" s="16"/>
+      <c r="D7" s="16"/>
+      <c r="E7" s="16"/>
+      <c r="F7" s="9"/>
+      <c r="G7" s="86" t="s">
+        <v>9</v>
+      </c>
+      <c r="H7" s="86"/>
+    </row>
+    <row r="8" spans="1:15" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="33"/>
+      <c r="B8" s="13"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="92" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" s="94"/>
+      <c r="F8" s="9"/>
+      <c r="G8" s="102" t="s">
+        <v>11</v>
+      </c>
+      <c r="H8" s="102"/>
+    </row>
+    <row r="9" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="33" t="s">
         <v>12</v>
       </c>
-      <c r="E8" s="78"/>
-[...10 lines deleted...]
-      <c r="B9" s="68"/>
+      <c r="B9" s="33"/>
       <c r="F9" s="2"/>
-      <c r="G9" s="79"/>
-[...2 lines deleted...]
-    <row r="10" spans="1:15" ht="13" x14ac:dyDescent="0.3">
+      <c r="G9" s="86"/>
+      <c r="H9" s="86"/>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="F10" s="2"/>
     </row>
-    <row r="11" spans="1:15" x14ac:dyDescent="0.25">
-[...45 lines deleted...]
-      <c r="H14" s="88"/>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A11" s="83" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="83"/>
+      <c r="C11" s="83"/>
+      <c r="D11" s="83"/>
+      <c r="E11" s="83"/>
+      <c r="F11" s="83"/>
+      <c r="G11" s="83"/>
+      <c r="H11" s="83"/>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A12" s="34"/>
+      <c r="B12" s="35" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="34"/>
+      <c r="D12" s="34"/>
+      <c r="E12" s="34"/>
+      <c r="F12" s="34"/>
+      <c r="G12" s="34"/>
+      <c r="H12" s="34"/>
+    </row>
+    <row r="13" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="99" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="99"/>
+      <c r="C13" s="99"/>
+      <c r="D13" s="99"/>
+      <c r="E13" s="99"/>
+      <c r="F13" s="99"/>
+      <c r="G13" s="99"/>
+      <c r="H13" s="99"/>
+    </row>
+    <row r="14" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="83" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="83"/>
+      <c r="C14" s="83"/>
+      <c r="D14" s="83"/>
+      <c r="E14" s="83"/>
+      <c r="F14" s="83"/>
+      <c r="G14" s="83"/>
+      <c r="H14" s="83"/>
       <c r="I14" s="3"/>
     </row>
-    <row r="15" spans="1:15" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-      <c r="H16" s="91"/>
+    <row r="15" spans="1:15" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="C15" s="17"/>
+    </row>
+    <row r="16" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="97" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" s="98"/>
+      <c r="C16" s="18"/>
+      <c r="D16" s="97" t="s">
+        <v>18</v>
+      </c>
+      <c r="E16" s="98"/>
+      <c r="F16" s="12"/>
+      <c r="G16" s="95" t="s">
+        <v>19</v>
+      </c>
+      <c r="H16" s="96"/>
       <c r="I16" s="2"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
     </row>
-    <row r="17" spans="1:15" ht="3.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B17" s="39"/>
+    <row r="17" spans="1:15" ht="3.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="24"/>
+      <c r="B17" s="25"/>
       <c r="C17" s="2"/>
-      <c r="D17" s="38"/>
-[...3 lines deleted...]
-      <c r="H17" s="41"/>
+      <c r="D17" s="24"/>
+      <c r="E17" s="25"/>
+      <c r="F17" s="4"/>
+      <c r="G17" s="26"/>
+      <c r="H17" s="27"/>
       <c r="I17" s="2"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
     </row>
-    <row r="18" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="H18" s="84"/>
+    <row r="18" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="59" t="s">
+        <v>20</v>
+      </c>
+      <c r="B18" s="60" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" s="19"/>
+      <c r="D18" s="68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" s="60" t="s">
+        <v>21</v>
+      </c>
+      <c r="F18" s="4"/>
+      <c r="G18" s="87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18" s="88"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
     </row>
-    <row r="19" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...11 lines deleted...]
-      <c r="H19" s="86"/>
+    <row r="19" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="37" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="48"/>
+      <c r="C19" s="19"/>
+      <c r="D19" s="63" t="s">
+        <v>24</v>
+      </c>
+      <c r="E19" s="48"/>
+      <c r="F19" s="4"/>
+      <c r="G19" s="89"/>
+      <c r="H19" s="90"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
     </row>
-    <row r="20" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...11 lines deleted...]
-      <c r="H20" s="18"/>
+    <row r="20" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="B20" s="49"/>
+      <c r="C20" s="19"/>
+      <c r="D20" s="64" t="s">
+        <v>26</v>
+      </c>
+      <c r="E20" s="49"/>
+      <c r="F20" s="4"/>
+      <c r="G20" s="17"/>
+      <c r="H20" s="15"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
     </row>
-    <row r="21" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-[...13 lines deleted...]
-      <c r="H21" s="80"/>
+    <row r="21" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="38" t="s">
+        <v>27</v>
+      </c>
+      <c r="B21" s="49"/>
+      <c r="C21" s="19"/>
+      <c r="D21" s="64" t="s">
+        <v>28</v>
+      </c>
+      <c r="E21" s="49"/>
+      <c r="F21" s="4"/>
+      <c r="G21" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H21" s="103"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
     </row>
-    <row r="22" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-[...13 lines deleted...]
-      <c r="H22" s="81"/>
+    <row r="22" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="B22" s="49"/>
+      <c r="C22" s="19"/>
+      <c r="D22" s="64" t="s">
+        <v>31</v>
+      </c>
+      <c r="E22" s="49"/>
+      <c r="F22" s="4"/>
+      <c r="G22" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H22" s="104"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
     </row>
-    <row r="23" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...13 lines deleted...]
-      <c r="H23" s="82"/>
+    <row r="23" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="38" t="s">
+        <v>33</v>
+      </c>
+      <c r="B23" s="49"/>
+      <c r="C23" s="19"/>
+      <c r="D23" s="38" t="s">
+        <v>34</v>
+      </c>
+      <c r="E23" s="49"/>
+      <c r="F23" s="5"/>
+      <c r="G23" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23" s="105"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
     </row>
-    <row r="24" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...8 lines deleted...]
-      <c r="G24" s="44"/>
+    <row r="24" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="38" t="s">
+        <v>36</v>
+      </c>
+      <c r="B24" s="49"/>
+      <c r="C24" s="19"/>
+      <c r="D24" s="65"/>
+      <c r="E24" s="49"/>
+      <c r="F24" s="4"/>
+      <c r="G24" s="29"/>
       <c r="H24" s="2"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
     </row>
-    <row r="25" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-[...11 lines deleted...]
-      <c r="H25" s="80"/>
+    <row r="25" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="38" t="s">
+        <v>37</v>
+      </c>
+      <c r="B25" s="49"/>
+      <c r="C25" s="19"/>
+      <c r="D25" s="66"/>
+      <c r="E25" s="49"/>
+      <c r="F25" s="4"/>
+      <c r="G25" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H25" s="103"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
     </row>
-    <row r="26" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...11 lines deleted...]
-      <c r="H26" s="81"/>
+    <row r="26" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="38" t="s">
+        <v>39</v>
+      </c>
+      <c r="B26" s="49"/>
+      <c r="C26" s="19"/>
+      <c r="D26" s="67"/>
+      <c r="E26" s="50"/>
+      <c r="F26" s="4"/>
+      <c r="G26" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H26" s="104"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
     </row>
-    <row r="27" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...8 lines deleted...]
-      <c r="E27" s="37">
+    <row r="27" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="39" t="s">
+        <v>41</v>
+      </c>
+      <c r="B27" s="50"/>
+      <c r="C27" s="19"/>
+      <c r="D27" s="61" t="s">
+        <v>42</v>
+      </c>
+      <c r="E27" s="62">
         <f>SUM(E19:E26)</f>
         <v>0</v>
       </c>
-      <c r="F27" s="7"/>
-[...3 lines deleted...]
-      <c r="H27" s="82"/>
+      <c r="F27" s="4"/>
+      <c r="G27" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H27" s="105"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
     </row>
-    <row r="28" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...12 lines deleted...]
-      <c r="H28" s="87"/>
+    <row r="28" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="40" t="s">
+        <v>44</v>
+      </c>
+      <c r="B28" s="51"/>
+      <c r="C28" s="19"/>
+      <c r="D28" s="100" t="s">
+        <v>45</v>
+      </c>
+      <c r="E28" s="101"/>
+      <c r="G28" s="91" t="s">
+        <v>46</v>
+      </c>
+      <c r="H28" s="91"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
     </row>
-    <row r="29" spans="1:15" ht="3.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="G29" s="14"/>
+    <row r="29" spans="1:15" ht="3.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="41"/>
+      <c r="B29" s="51"/>
+      <c r="C29" s="11"/>
+      <c r="D29" s="24"/>
+      <c r="E29" s="25"/>
+      <c r="G29" s="11"/>
       <c r="H29" s="2"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
     </row>
     <row r="30" spans="1:15" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="34" t="s">
-[...13 lines deleted...]
-      <c r="H30" s="98"/>
+      <c r="A30" s="42" t="s">
+        <v>47</v>
+      </c>
+      <c r="B30" s="52"/>
+      <c r="C30" s="19"/>
+      <c r="D30" s="59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" s="60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" s="83" t="s">
+        <v>48</v>
+      </c>
+      <c r="H30" s="84"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
     </row>
-    <row r="31" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A31" s="29" t="s">
+    <row r="31" spans="1:15" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="B31" s="53"/>
+      <c r="C31" s="19"/>
+      <c r="D31" s="69" t="s">
         <v>50</v>
       </c>
-      <c r="B31" s="100"/>
-[...8 lines deleted...]
-      <c r="H31" s="49"/>
+      <c r="E31" s="74"/>
+      <c r="G31" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="H31" s="31"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
     </row>
-    <row r="32" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
-[...10 lines deleted...]
-        <v>15</v>
+    <row r="32" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="42" t="s">
+        <v>52</v>
+      </c>
+      <c r="B32" s="52"/>
+      <c r="C32" s="19"/>
+      <c r="D32" s="38" t="s">
+        <v>34</v>
+      </c>
+      <c r="E32" s="75"/>
+      <c r="G32" s="11" t="s">
+        <v>53</v>
       </c>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
     </row>
     <row r="33" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="33" t="s">
-[...9 lines deleted...]
-      <c r="H33" s="88"/>
+      <c r="A33" s="40" t="s">
+        <v>54</v>
+      </c>
+      <c r="B33" s="53"/>
+      <c r="C33" s="19"/>
+      <c r="D33" s="70"/>
+      <c r="E33" s="76"/>
+      <c r="G33" s="83" t="s">
+        <v>55</v>
+      </c>
+      <c r="H33" s="83"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
     </row>
     <row r="34" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="34" t="s">
-[...7 lines deleted...]
-      <c r="H34" s="88"/>
+      <c r="A34" s="42" t="s">
+        <v>56</v>
+      </c>
+      <c r="B34" s="52"/>
+      <c r="C34" s="19"/>
+      <c r="D34" s="71"/>
+      <c r="E34" s="77"/>
+      <c r="G34" s="83"/>
+      <c r="H34" s="83"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
     </row>
-    <row r="35" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-        <v>19</v>
+    <row r="35" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="44" t="s">
+        <v>57</v>
+      </c>
+      <c r="B35" s="54"/>
+      <c r="C35" s="19"/>
+      <c r="D35" s="71"/>
+      <c r="E35" s="77"/>
+      <c r="G35" s="34" t="s">
+        <v>58</v>
       </c>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
     </row>
-    <row r="36" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-        <v>27</v>
+    <row r="36" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="44" t="s">
+        <v>59</v>
+      </c>
+      <c r="B36" s="54"/>
+      <c r="C36" s="19"/>
+      <c r="D36" s="71"/>
+      <c r="E36" s="77"/>
+      <c r="G36" s="34" t="s">
+        <v>60</v>
       </c>
       <c r="H36" s="2"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
     </row>
-    <row r="37" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-        <v>20</v>
+    <row r="37" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="38" t="s">
+        <v>34</v>
+      </c>
+      <c r="B37" s="55"/>
+      <c r="C37" s="19"/>
+      <c r="D37" s="72"/>
+      <c r="E37" s="77"/>
+      <c r="F37" s="5"/>
+      <c r="G37" s="34" t="s">
+        <v>61</v>
       </c>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
     </row>
-    <row r="38" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F38" s="8"/>
+    <row r="38" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="45"/>
+      <c r="B38" s="56"/>
+      <c r="C38" s="19"/>
+      <c r="D38" s="72"/>
+      <c r="E38" s="77"/>
+      <c r="F38" s="5"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
     </row>
-    <row r="39" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F39" s="8"/>
+    <row r="39" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="45"/>
+      <c r="B39" s="57"/>
+      <c r="C39" s="19"/>
+      <c r="D39" s="71"/>
+      <c r="E39" s="77"/>
+      <c r="F39" s="5"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
     </row>
-    <row r="40" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F40" s="11"/>
+    <row r="40" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="46"/>
+      <c r="B40" s="58"/>
+      <c r="C40" s="19"/>
+      <c r="D40" s="71"/>
+      <c r="E40" s="77"/>
+      <c r="F40" s="8"/>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
     </row>
-    <row r="41" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="I41" s="43"/>
+    <row r="41" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="47"/>
+      <c r="B41" s="50"/>
+      <c r="C41" s="19"/>
+      <c r="D41" s="73"/>
+      <c r="E41" s="78"/>
+      <c r="F41" s="4"/>
+      <c r="I41" s="28"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
     </row>
-    <row r="42" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B42" s="35">
+    <row r="42" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="61" t="s">
+        <v>62</v>
+      </c>
+      <c r="B42" s="62">
         <f>SUM(B19:B41)</f>
         <v>0</v>
       </c>
-      <c r="C42" s="18"/>
-[...3 lines deleted...]
-      <c r="E42" s="36">
+      <c r="C42" s="15"/>
+      <c r="D42" s="61" t="s">
+        <v>62</v>
+      </c>
+      <c r="E42" s="79">
         <f>SUM(E31:E41)</f>
         <v>0</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
     </row>
-    <row r="43" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E43" s="13"/>
+    <row r="43" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="B43" s="10"/>
+      <c r="C43" s="10"/>
+      <c r="D43" s="10"/>
+      <c r="E43" s="10"/>
       <c r="F43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
     </row>
-    <row r="44" spans="1:15" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="E44" s="57"/>
+    <row r="44" spans="1:15" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="82"/>
+      <c r="B44" s="82"/>
+      <c r="C44" s="23"/>
+      <c r="D44" s="32"/>
+      <c r="E44" s="32"/>
       <c r="F44" s="1"/>
-      <c r="G44" s="99"/>
-      <c r="H44" s="99"/>
+      <c r="G44" s="85"/>
+      <c r="H44" s="85"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
     </row>
-    <row r="45" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="G48" s="14"/>
+    <row r="45" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="80" t="s">
+        <v>64</v>
+      </c>
+      <c r="B45" s="81"/>
+      <c r="C45" s="10"/>
+      <c r="D45" s="36" t="s">
+        <v>65</v>
+      </c>
+      <c r="E45" s="36" t="s">
+        <v>66</v>
+      </c>
+      <c r="G45" s="80" t="s">
+        <v>67</v>
+      </c>
+      <c r="H45" s="80"/>
+    </row>
+    <row r="46" spans="1:15" hidden="1" x14ac:dyDescent="0.2">
+      <c r="G46" s="30"/>
+    </row>
+    <row r="47" spans="1:15" hidden="1" x14ac:dyDescent="0.2">
+      <c r="G47" s="10"/>
+    </row>
+    <row r="48" spans="1:15" hidden="1" x14ac:dyDescent="0.2">
+      <c r="G48" s="11"/>
       <c r="I48" s="1"/>
     </row>
-    <row r="49" spans="7:9" x14ac:dyDescent="0.25">
-      <c r="G49" s="14"/>
+    <row r="49" spans="7:9" hidden="1" x14ac:dyDescent="0.2">
+      <c r="G49" s="11"/>
       <c r="I49" s="1"/>
     </row>
-    <row r="50" spans="7:9" ht="13" x14ac:dyDescent="0.3">
-      <c r="G50" s="27"/>
+    <row r="50" spans="7:9" hidden="1" x14ac:dyDescent="0.2">
+      <c r="G50" s="23"/>
       <c r="I50" s="1"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="yME8ind2D+snamGtQOL+C0WheIxkiQZH7SxDcbi9fL+v86ChbtD3ra5h46O9RlRlsKfx19jiEAZY2nW0jyXJag==" saltValue="EPCazjgco9sFXuUDjaQeOQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...9 lines deleted...]
-    <mergeCell ref="B31:B32"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Jd1X2PyIWtT+09u6oKvyux4xC8WcY77r2t0qlNdpUjr//kdcpGw+OgtWGc+UG/mVy2o3oyWT9q7NKHr0hntSWg==" saltValue="JaHrZ9rSdZQJK5snrg+H0w==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <mergeCells count="27">
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="H25:H27"/>
+    <mergeCell ref="H21:H23"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="G18:H19"/>
     <mergeCell ref="G28:H28"/>
     <mergeCell ref="A14:H14"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="G16:H16"/>
     <mergeCell ref="D16:E16"/>
     <mergeCell ref="A11:H11"/>
     <mergeCell ref="A13:H13"/>
-    <mergeCell ref="B28:B30"/>
     <mergeCell ref="D28:E28"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="A16:B16"/>
-    <mergeCell ref="D8:E8"/>
-[...3 lines deleted...]
-    <mergeCell ref="H21:H23"/>
+    <mergeCell ref="G45:H45"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G33:H34"/>
+    <mergeCell ref="G44:H44"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <conditionalFormatting sqref="E27 B42 E42">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
+  <hyperlinks>
+    <hyperlink ref="G8:H8" r:id="rId1" tooltip="Local Government Services email address at Georgia Department of Revenue" display="Email: localgovt.services@dor.ga.gov" xr:uid="{5D67F034-B572-4A28-B602-B49975D0447A}"/>
+  </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.2" right="0.2" top="0" bottom="0" header="1" footer="1"/>
-  <pageSetup scale="80" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="80" orientation="landscape" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId2"/>
-  <legacyDrawing r:id="rId3"/>
+  <drawing r:id="rId3"/>
+  <legacyDrawing r:id="rId4"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1040" r:id="rId4" name="TextBox1">
-          <controlPr defaultSize="0" autoLine="0" r:id="rId5">
+        <control shapeId="1045" r:id="rId5" name="TextBox2">
+          <controlPr defaultSize="0" autoLine="0" altText="Enter name of independent school system" r:id="rId6">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>1</xdr:col>
+                <xdr:colOff>161925</xdr:colOff>
+                <xdr:row>3</xdr:row>
+                <xdr:rowOff>95250</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>3</xdr:col>
+                <xdr:colOff>1181100</xdr:colOff>
+                <xdr:row>4</xdr:row>
+                <xdr:rowOff>180975</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1045" r:id="rId5" name="TextBox2"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1043" r:id="rId7" name="CheckBox3">
+          <controlPr autoLine="0" altText="Check if report for independent school system" r:id="rId8">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>76200</xdr:colOff>
+                <xdr:row>3</xdr:row>
+                <xdr:rowOff>47625</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>1</xdr:col>
+                <xdr:colOff>104775</xdr:colOff>
+                <xdr:row>4</xdr:row>
+                <xdr:rowOff>95250</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1043" r:id="rId7" name="CheckBox3"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1042" r:id="rId9" name="CheckBox2">
+          <controlPr autoLine="0" altText="Check if applicable" r:id="rId8">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>76200</xdr:colOff>
+                <xdr:row>3</xdr:row>
+                <xdr:rowOff>47625</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>1</xdr:col>
+                <xdr:colOff>104775</xdr:colOff>
+                <xdr:row>4</xdr:row>
+                <xdr:rowOff>95250</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1042" r:id="rId9" name="CheckBox2"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1041" r:id="rId10" name="CheckBox1">
+          <controlPr autoLine="0" altText="Check if report for county school system" r:id="rId11">
+            <anchor moveWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>85725</xdr:colOff>
+                <xdr:row>2</xdr:row>
+                <xdr:rowOff>0</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>1</xdr:col>
+                <xdr:colOff>123825</xdr:colOff>
+                <xdr:row>3</xdr:row>
+                <xdr:rowOff>28575</xdr:rowOff>
+              </to>
+            </anchor>
+          </controlPr>
+        </control>
+      </mc:Choice>
+      <mc:Fallback>
+        <control shapeId="1041" r:id="rId10" name="CheckBox1"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <control shapeId="1040" r:id="rId12" name="TextBox1">
+          <controlPr defaultSize="0" autoLine="0" altText="Enter county name" r:id="rId13">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>1276350</xdr:colOff>
                 <xdr:row>7</xdr:row>
                 <xdr:rowOff>152400</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>1</xdr:col>
                 <xdr:colOff>895350</xdr:colOff>
                 <xdr:row>9</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1040" r:id="rId4" name="TextBox1"/>
-[...99 lines deleted...]
-        <control shapeId="1045" r:id="rId11" name="TextBox2"/>
+        <control shapeId="1040" r:id="rId12" name="TextBox1"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </controls>
+  <tableParts count="3">
+    <tablePart r:id="rId14"/>
+    <tablePart r:id="rId15"/>
+    <tablePart r:id="rId16"/>
+  </tableParts>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Hascontentbeenuploaded xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">true</Hascontentbeenuploaded>
+    <TaxCatchAll xmlns="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FF6005E5D74DD940B6EBE89D865EFB84" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a54148aab70909147411ea701fda1722">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a51d9f3-36e9-480f-ad55-5f29a773c374" xmlns:ns3="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3ce40499489f5bd9a6eaf9dbbb259712" ns2:_="" ns3:_="">
+    <xsd:import namespace="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <xsd:import namespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:Hascontentbeenuploaded" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a51d9f3-36e9-480f-ad55-5f29a773c374" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0d1b9b15-6ca2-435f-87bd-c880ab911653" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Hascontentbeenuploaded" ma:index="20" nillable="true" ma:displayName="Has content been uploaded" ma:default="1" ma:format="Dropdown" ma:internalName="Hascontentbeenuploaded">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b650d3c7-c21a-45fa-9c6a-89edbfed0a2e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5678a980-3ba3-4bd5-a7b3-4f54691c6b59">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F603C612-0E43-402C-9C84-83B65B74B325}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E4612ED-7A32-4641-B391-37544D7A4B36}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <ds:schemaRef ds:uri="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B22278A0-45DC-432F-BFBE-8EE486526706}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>QBE 101</vt:lpstr>
       <vt:lpstr>'QBE 101'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>GA Dept. of Revenue</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Cindy Dunlap</dc:creator>
+  <dc:title>2025 QUALITY BASIC EDUCATION REPORT (QBE)</dc:title>
+  <dc:subject/>
+  <dc:creator>Georgia Department of Revenue</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100FF6005E5D74DD940B6EBE89D865EFB84</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>