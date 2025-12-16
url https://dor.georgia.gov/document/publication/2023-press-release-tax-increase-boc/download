--- v0 (2025-10-08)
+++ v1 (2025-12-16)
@@ -1,50 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="09980B0F" w14:textId="13B2669B" w:rsidR="006C480D" w:rsidRDefault="00F71772">
-      <w:r>
+    <w:p w14:paraId="09980B0F" w14:textId="13B2669B" w:rsidR="006C480D" w:rsidRPr="007226BC" w:rsidRDefault="00F71772" w:rsidP="007226BC">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007226BC">
         <w:t>PRESS RELEASE ANNOUNCING A PROPOSED PROPERTY TAX INCREASE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E17053A" w14:textId="14304F66" w:rsidR="00F71772" w:rsidRDefault="00F71772"/>
     <w:p w14:paraId="417118D6" w14:textId="754AAECD" w:rsidR="00F71772" w:rsidRDefault="00F71772">
       <w:r>
         <w:t>The ___________ County Board of Commissioners today announces its intentions to increase the 202</w:t>
       </w:r>
       <w:r w:rsidR="001F5E9D">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> property taxes it will levy this year by ______ percent over the rollback millage rate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="766CC4DC" w14:textId="77777777" w:rsidR="00F71772" w:rsidRDefault="00F71772" w:rsidP="0047069B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Each year, the board of tax assessors is required to review the assessed value for </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E843118" w14:textId="0D3AF8DB" w:rsidR="00F71772" w:rsidRDefault="00F71772" w:rsidP="0047069B">
@@ -61,158 +68,198 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>on properties that have recently sold in the county</w:t>
       </w:r>
       <w:r w:rsidR="0047069B">
         <w:t xml:space="preserve"> indicate there has been an </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AC8CC9B" w14:textId="26396FA9" w:rsidR="0047069B" w:rsidRDefault="0047069B" w:rsidP="0047069B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>increase in the fair market value of any specific property, the board of tax assessors</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="047D7692" w14:textId="12FBDF96" w:rsidR="0047069B" w:rsidRDefault="0047069B" w:rsidP="0047069B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">is required by law to re-determine the value of such property and adjust the </w:t>
+        <w:t xml:space="preserve">is required by law </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to re-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">determine the value of such property and adjust the </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60778D22" w14:textId="522D7DEC" w:rsidR="0047069B" w:rsidRDefault="0047069B" w:rsidP="0047069B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>assessment.  This is called a reassessment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DFB111A" w14:textId="4EFCF8FC" w:rsidR="0047069B" w:rsidRDefault="0047069B" w:rsidP="0047069B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>When the total digest of taxable property is prepared, Georgia law requires a rollback millage rate be computed that will produce the same total revenue on the current year’s digest that last year’s millage rate would have produced had no reassessment occurred.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B1BBB96" w14:textId="31F849DA" w:rsidR="0047069B" w:rsidRDefault="0047069B" w:rsidP="0047069B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D35FA4D" w14:textId="7ECD5BA7" w:rsidR="0047069B" w:rsidRDefault="00E3652A" w:rsidP="0047069B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>The budget tentatively adopted by the _______ County Board of Commissioners requires a millage rate higher than the rollback millage rate; therefore, before the _______ County Board of Commissions may finalize the tentative budget and set a final millage rate, Georgia law requires three public hearings to be held to allow the public an opportunity to express their opinions on the increase.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F1B20FC" w14:textId="27421C77" w:rsidR="00E3652A" w:rsidRDefault="00E3652A" w:rsidP="0047069B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E4AD261" w14:textId="01BE9701" w:rsidR="00E3652A" w:rsidRDefault="00E3652A" w:rsidP="0047069B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:t>All concerned citizens are invited to the public</w:t>
+        <w:t xml:space="preserve">All </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>concerned citizens</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> are invited to the public</w:t>
       </w:r>
       <w:r w:rsidR="00CE75D7">
-        <w:t xml:space="preserve"> hearings on this tax increase to be held at the (Location of Meeting), (Address of the Meeting), on (Dates and Times of the Meetings).</w:t>
+        <w:t xml:space="preserve"> hearings on this tax increase to be held at the (Location of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE75D7">
+        <w:t>Meeting),</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CE75D7">
+        <w:t xml:space="preserve"> (Address of the Meeting)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE75D7">
+        <w:t>, on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CE75D7">
+        <w:t xml:space="preserve"> (Dates and Times of the Meetings).</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E3652A" w:rsidSect="00F71772">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F71772"/>
     <w:rsid w:val="001F5E9D"/>
+    <w:rsid w:val="0020314A"/>
+    <w:rsid w:val="0020350E"/>
     <w:rsid w:val="00225E06"/>
+    <w:rsid w:val="003D3BF6"/>
     <w:rsid w:val="0047069B"/>
     <w:rsid w:val="006C480D"/>
+    <w:rsid w:val="007226BC"/>
+    <w:rsid w:val="007E31A9"/>
     <w:rsid w:val="00920AAE"/>
     <w:rsid w:val="00B21557"/>
+    <w:rsid w:val="00CE03B5"/>
     <w:rsid w:val="00CE75D7"/>
     <w:rsid w:val="00E3652A"/>
+    <w:rsid w:val="00E47D3F"/>
     <w:rsid w:val="00F71772"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -599,89 +646,108 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="007226BC"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007226BC"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -935,74 +1001,348 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" xsi:nil="true"/>
+    <Hascontentbeenuploaded xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">true</Hascontentbeenuploaded>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FF6005E5D74DD940B6EBE89D865EFB84" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5cd84b22c6f42336f422ad03ad6aba57">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a51d9f3-36e9-480f-ad55-5f29a773c374" xmlns:ns3="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="377aa82bfbbf21f697d386ba54679fa1" ns2:_="" ns3:_="">
+    <xsd:import namespace="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <xsd:import namespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:Hascontentbeenuploaded" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a51d9f3-36e9-480f-ad55-5f29a773c374" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0d1b9b15-6ca2-435f-87bd-c880ab911653" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Hascontentbeenuploaded" ma:index="20" nillable="true" ma:displayName="Has content been uploaded" ma:default="1" ma:format="Dropdown" ma:internalName="Hascontentbeenuploaded">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b650d3c7-c21a-45fa-9c6a-89edbfed0a2e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5678a980-3ba3-4bd5-a7b3-4f54691c6b59">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF3871A2-E24D-4FE3-BED5-A9C61AFC6B75}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <ds:schemaRef ds:uri="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F202E5C-B77B-4F25-9E27-C799CFE018E6}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6585FB94-0E20-42A9-9B50-4BAABD2FD082}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>230</Words>
   <Characters>1311</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1538</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>PRESS RELEASE ANNOUNCING A PROPOSED PROPERTY TAX INCREASE</dc:title>
   <dc:subject/>
   <dc:creator>Forsyth, Dan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100FF6005E5D74DD940B6EBE89D865EFB84</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>