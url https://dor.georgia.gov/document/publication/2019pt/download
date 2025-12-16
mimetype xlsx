--- v0 (2025-10-08)
+++ v1 (2025-12-16)
@@ -1,339 +1,348 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Missy\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gets.sharepoint.com/sites/DOR-ADAWebsiteComplianceProject-TeamSite/Shared Documents/General/Tracking - Division Remediation/Div LGS-All/2025.09.18 LGS County Portal xlsx TBR Remediated/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{804982A3-BAD8-4287-BD1E-F5926CE692CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="2" documentId="13_ncr:1_{853C06A2-09F1-4466-8FBC-8A1CE0E115DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{602BAE0D-23F9-4E4B-8EEB-29D42F701E00}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1060" yWindow="1060" windowWidth="16920" windowHeight="10450" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Final Version" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Final Version'!$A$1:$F$69</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F39" i="3" l="1"/>
   <c r="F16" i="3"/>
   <c r="F18" i="3"/>
   <c r="E29" i="3"/>
   <c r="D16" i="3"/>
   <c r="D18" i="3" s="1"/>
   <c r="C16" i="3"/>
   <c r="E16" i="3" s="1"/>
-  <c r="C18" i="3"/>
-  <c r="E26" i="3" s="1"/>
   <c r="E10" i="3"/>
   <c r="E11" i="3"/>
   <c r="E12" i="3"/>
   <c r="E13" i="3"/>
   <c r="E14" i="3"/>
   <c r="E15" i="3"/>
   <c r="E17" i="3"/>
   <c r="E31" i="3"/>
   <c r="F38" i="3"/>
-  <c r="E27" i="3" l="1"/>
+  <c r="C18" i="3" l="1"/>
+  <c r="E26" i="3" s="1"/>
+  <c r="E27" i="3"/>
+  <c r="E32" i="3" l="1"/>
+  <c r="E33" i="3" s="1"/>
+  <c r="F37" i="3" s="1"/>
   <c r="E18" i="3"/>
   <c r="E28" i="3" s="1"/>
-  <c r="E32" i="3"/>
-[...1 lines deleted...]
-  <c r="F37" i="3" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="76">
   <si>
+    <t>PT-32.1 - Computation of MILLAGE RATE ROLLBACK AND PERCENTAGE INCREASE IN PROPERTY TAXES - 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COUNTY: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TAXING JURISDICTION: </t>
+  </si>
+  <si>
+    <t>ENTER VALUES AND MILLAGE RATES FOR THE APPLICABLE TAX YEARS IN YELLOW HIGHLIGHTED BOXES BELOW</t>
+  </si>
+  <si>
+    <t>DESCRIPTION</t>
+  </si>
+  <si>
+    <t>2024 DIGEST</t>
+  </si>
+  <si>
     <t>REASSESSMENT OF</t>
   </si>
   <si>
+    <t>OTHER CHANGES</t>
+  </si>
+  <si>
+    <t>2025 DIGEST</t>
+  </si>
+  <si>
     <t>EXISTING REAL PROP</t>
   </si>
   <si>
+    <t>TO TAXABLE DIGEST</t>
+  </si>
+  <si>
     <t xml:space="preserve"> REAL</t>
   </si>
   <si>
     <t xml:space="preserve"> PERSONAL</t>
   </si>
   <si>
     <t xml:space="preserve"> MOTOR VEHICLES</t>
   </si>
   <si>
     <t xml:space="preserve"> MOBILE HOMES</t>
   </si>
   <si>
     <t xml:space="preserve"> TIMBER -100%</t>
   </si>
   <si>
     <t xml:space="preserve"> HEAVY DUTY EQUIP</t>
   </si>
   <si>
     <t xml:space="preserve"> GROSS DIGEST</t>
   </si>
   <si>
+    <t xml:space="preserve"> EXEMPTIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> NET DIGEST </t>
+  </si>
+  <si>
+    <t>(PYD)</t>
+  </si>
+  <si>
+    <t>(RVA)</t>
+  </si>
+  <si>
+    <t>(NAG)</t>
+  </si>
+  <si>
+    <t>(CYD)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 MILLAGE RATE: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 MILLAGE RATE: </t>
+  </si>
+  <si>
+    <t>CALCULATION OF ROLLBACK RATE</t>
+  </si>
+  <si>
+    <t>ABBREVIATION</t>
+  </si>
+  <si>
+    <t>AMOUNT</t>
+  </si>
+  <si>
+    <t>FORMULA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Net Digest </t>
+  </si>
+  <si>
+    <t>PYD</t>
+  </si>
+  <si>
+    <t>Net Value Added-Reassessment of Existing Real Property</t>
+  </si>
+  <si>
+    <t>RVA</t>
+  </si>
+  <si>
     <t>Other Net Changes to Taxable Digest</t>
   </si>
   <si>
-    <t>OTHER CHANGES</t>
-[...5 lines deleted...]
-    <t>Net Value Added-Reassessment of Existing Real Property</t>
+    <t>NAG</t>
+  </si>
+  <si>
+    <t>2025 Net Digest</t>
+  </si>
+  <si>
+    <t>CYD</t>
+  </si>
+  <si>
+    <t>(PYD+RVA+NAG)</t>
+  </si>
+  <si>
+    <t>2024 Millage Rate</t>
+  </si>
+  <si>
+    <t>PYM</t>
   </si>
   <si>
     <t>Millage Equivalent of Reassessed Value Added</t>
   </si>
   <si>
-    <t>PYD</t>
-[...13 lines deleted...]
-  <si>
     <t>ME</t>
   </si>
   <si>
     <t>(RVA/CYD) * PYM</t>
   </si>
   <si>
+    <t>Rollback Millage Rate for 2025</t>
+  </si>
+  <si>
+    <t>RR - ROLLBACK RATE</t>
+  </si>
+  <si>
     <t>PYM - ME</t>
   </si>
   <si>
-    <t>(PYD+RVA+NAG)</t>
-[...23 lines deleted...]
-    <t>(PYD)</t>
+    <t>CALCULATION OF PERCENTAGE INCREASE IN PROPERTY TAXES</t>
+  </si>
+  <si>
+    <t>If the 2025 Proposed Millage Rate for this Taxing Jurisdiction exceeds Rollback Millage Rate</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Rollback Millage Rate</t>
+  </si>
+  <si>
+    <t xml:space="preserve">computed above, this section will automatically calculate the amount of increase in property </t>
+  </si>
+  <si>
+    <t xml:space="preserve">    2025 Millage Rate</t>
+  </si>
+  <si>
+    <t>taxes that is part of the notice required in O.C.G.A. § 48-5-32.1(c) (2)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Percentage Tax Increase</t>
+  </si>
+  <si>
+    <t>CERTIFICATIONS</t>
+  </si>
+  <si>
+    <t>I hereby certify that the amount indicated above is an accurate accounting of the total net assessed value added by the reassessment of existing real</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     property for the tax year for which this rollback millage rate is being computed.</t>
+  </si>
+  <si>
+    <t>Chairman, Board of Tax Assessors</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Date</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     I hereby certify that the values shown above are an accurate representation of the digest values and exemption amounts for the applicable tax years.</t>
+  </si>
+  <si>
+    <t>Tax Collector or Tax Commissioner</t>
+  </si>
+  <si>
+    <t>Date</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     I hereby certify that the above is a true and correct computation of the rollback millage rate in accordance with O.C.G.A. § 48-5-32.1 for the taxing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     jurisdiction for tax year 2025 and that the final millage rate set by the authority of this taxing jurisdiction for tax year 2025 is ___________</t>
   </si>
   <si>
     <t>CHECK THE APPROPRIATE PARAGRAPH BELOW THAT APPLIES TO THIS TAXING JURISDICTION</t>
   </si>
   <si>
-    <t xml:space="preserve">    Rollback Millage Rate</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">    Percentage Tax Increase</t>
+    <t xml:space="preserve">If the final millage rate set by the authority of the taxing jurisdiction for tax year 2025 exceeds the rollback rate, I certify that the required </t>
+  </si>
+  <si>
+    <t>advertisements, notices, and public hearings have been conducted in accordance with O.C.G.A. §§ 48-5-32 and 48-5-32.1 as evidenced by</t>
+  </si>
+  <si>
+    <t>the attached copies of the published "five year history and current digest" advertisement and the "Notice of Intent to Increase Taxes" showing</t>
+  </si>
+  <si>
+    <t xml:space="preserve">the times and places when and where the required public hearings were held, and a copy of the press release provided to the local media. </t>
+  </si>
+  <si>
+    <t>If the final millage rate set by the authority of the taxing jurisdiction for tax year 2025 does not exceed the rollback rate, I certify that</t>
+  </si>
+  <si>
+    <t>the required "five year history and current digest" advertisement has been published in accordance with O.C.G.A. § 48-5-32 as evidenced</t>
+  </si>
+  <si>
+    <t>by the attached copy of such advertised report.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">              </t>
   </si>
   <si>
     <t xml:space="preserve">                              Signature of Responsible Party                                                   Title                                                         Date</t>
   </si>
   <si>
-    <t xml:space="preserve"> Date</t>
-[...31 lines deleted...]
-  <si>
     <t>Responsible Party</t>
   </si>
   <si>
     <t>Title</t>
-  </si>
-[...52 lines deleted...]
-    <t xml:space="preserve">2024 MILLAGE RATE: </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.000"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -405,51 +414,51 @@
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="38">
+  <borders count="40">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -845,461 +854,525 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="125">
+  <cellXfs count="139">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="38" fontId="2" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="38" fontId="2" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="38" fontId="2" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="38" fontId="2" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="38" fontId="2" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="10" fontId="8" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...76 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="38" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="38" fontId="6" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="6" fillId="3" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="6" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...120 lines deleted...]
-      <alignment horizontal="left" vertical="center" indent="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1551,948 +1624,1231 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:H69"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A21" sqref="A21:B21"/>
+    <sheetView tabSelected="1" topLeftCell="A29" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="E28" sqref="E28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7" style="3" customWidth="1"/>
-    <col min="2" max="2" width="14.5703125" style="3" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="20.140625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="14.54296875" style="3" customWidth="1"/>
+    <col min="3" max="3" width="18.26953125" style="3" customWidth="1"/>
+    <col min="4" max="4" width="20.1796875" style="3" customWidth="1"/>
     <col min="5" max="5" width="20" style="3" customWidth="1"/>
-    <col min="6" max="6" width="19" style="3" customWidth="1"/>
-    <col min="7" max="16384" width="9.140625" style="2"/>
+    <col min="6" max="6" width="34" style="3" customWidth="1"/>
+    <col min="7" max="8" width="0" style="2" hidden="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1796875" style="2" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...71 lines deleted...]
-      <c r="D8" s="23" t="s">
+    <row r="1" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="119" t="s">
         <v>0</v>
       </c>
-      <c r="E8" s="24" t="s">
+      <c r="B1" s="120"/>
+      <c r="C1" s="120"/>
+      <c r="D1" s="120"/>
+      <c r="E1" s="120"/>
+      <c r="F1" s="121"/>
+    </row>
+    <row r="2" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="122"/>
+      <c r="B2" s="123"/>
+      <c r="C2" s="123"/>
+      <c r="D2" s="123"/>
+      <c r="E2" s="123"/>
+      <c r="F2" s="124"/>
+    </row>
+    <row r="3" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="95"/>
+      <c r="B3" s="96"/>
+      <c r="C3" s="96"/>
+      <c r="D3" s="96"/>
+      <c r="E3" s="96"/>
+      <c r="F3" s="97"/>
+    </row>
+    <row r="4" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="46" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="134"/>
+      <c r="C4" s="135"/>
+      <c r="D4" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E4" s="134"/>
+      <c r="F4" s="136"/>
+    </row>
+    <row r="5" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="63"/>
+      <c r="B5" s="64"/>
+      <c r="C5" s="64"/>
+      <c r="D5" s="64"/>
+      <c r="E5" s="64"/>
+      <c r="F5" s="65"/>
+    </row>
+    <row r="6" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="104" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="105"/>
+      <c r="C6" s="105"/>
+      <c r="D6" s="105"/>
+      <c r="E6" s="105"/>
+      <c r="F6" s="106"/>
+    </row>
+    <row r="7" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="107"/>
+      <c r="B7" s="108"/>
+      <c r="C7" s="108"/>
+      <c r="D7" s="108"/>
+      <c r="E7" s="108"/>
+      <c r="F7" s="109"/>
+    </row>
+    <row r="8" spans="1:6" s="4" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="130" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" s="131"/>
+      <c r="C8" s="137" t="s">
+        <v>5</v>
+      </c>
+      <c r="D8" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="E8" s="21" t="s">
+        <v>7</v>
+      </c>
+      <c r="F8" s="79" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" s="4" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="132"/>
+      <c r="B9" s="133"/>
+      <c r="C9" s="138"/>
+      <c r="D9" s="22" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="F8" s="84" t="s">
-[...10 lines deleted...]
-      <c r="E9" s="26" t="s">
+      <c r="F9" s="80"/>
+    </row>
+    <row r="10" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="101" t="s">
         <v>11</v>
       </c>
-      <c r="F9" s="84"/>
-[...8 lines deleted...]
-      <c r="E10" s="9">
+      <c r="B10" s="117"/>
+      <c r="C10" s="5"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="8">
         <f>F10-C10-D10</f>
         <v>0</v>
       </c>
-      <c r="F10" s="10"/>
-[...8 lines deleted...]
-      <c r="E11" s="7">
+      <c r="F10" s="9"/>
+    </row>
+    <row r="11" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="101" t="s">
+        <v>12</v>
+      </c>
+      <c r="B11" s="117"/>
+      <c r="C11" s="5"/>
+      <c r="D11" s="127"/>
+      <c r="E11" s="6">
         <f>F11-C11</f>
         <v>0</v>
       </c>
-      <c r="F11" s="10"/>
-[...8 lines deleted...]
-      <c r="E12" s="7">
+      <c r="F11" s="9"/>
+    </row>
+    <row r="12" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="101" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="103"/>
+      <c r="C12" s="5">
+        <v>2345</v>
+      </c>
+      <c r="D12" s="128"/>
+      <c r="E12" s="6">
         <f>F12-C12</f>
-        <v>0</v>
-[...10 lines deleted...]
-      <c r="E13" s="7">
+        <v>-2345</v>
+      </c>
+      <c r="F12" s="9"/>
+    </row>
+    <row r="13" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="101" t="s">
+        <v>14</v>
+      </c>
+      <c r="B13" s="103"/>
+      <c r="C13" s="5">
+        <v>2345</v>
+      </c>
+      <c r="D13" s="128"/>
+      <c r="E13" s="6">
         <f>F13-C13</f>
-        <v>0</v>
-[...10 lines deleted...]
-      <c r="E14" s="7">
+        <v>-2345</v>
+      </c>
+      <c r="F13" s="9"/>
+    </row>
+    <row r="14" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="101" t="s">
+        <v>15</v>
+      </c>
+      <c r="B14" s="103"/>
+      <c r="C14" s="5">
+        <v>2345</v>
+      </c>
+      <c r="D14" s="128"/>
+      <c r="E14" s="6">
         <f>F14-C14</f>
-        <v>0</v>
-[...10 lines deleted...]
-      <c r="E15" s="7">
+        <v>-2345</v>
+      </c>
+      <c r="F14" s="9"/>
+    </row>
+    <row r="15" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="101" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="103"/>
+      <c r="C15" s="5">
+        <v>2345</v>
+      </c>
+      <c r="D15" s="129"/>
+      <c r="E15" s="6">
         <f>F15-C15</f>
-        <v>0</v>
-[...8 lines deleted...]
-      <c r="C16" s="7">
+        <v>-2345</v>
+      </c>
+      <c r="F15" s="9"/>
+    </row>
+    <row r="16" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="101" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" s="103"/>
+      <c r="C16" s="6">
         <f>SUM(C10:C15)</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="D16" s="7">
+        <v>9380</v>
+      </c>
+      <c r="D16" s="6">
         <f>D10</f>
         <v>0</v>
       </c>
-      <c r="E16" s="7">
+      <c r="E16" s="6">
         <f>F16-C16-D16</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F16" s="11">
+        <v>-9380</v>
+      </c>
+      <c r="F16" s="10">
         <f>SUM(F10:F15)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="E17" s="7">
+    <row r="17" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="101" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" s="103"/>
+      <c r="C17" s="5"/>
+      <c r="D17" s="5"/>
+      <c r="E17" s="6">
         <f>F17-C17-D17</f>
         <v>0</v>
       </c>
-      <c r="F17" s="10"/>
-[...6 lines deleted...]
-      <c r="C18" s="7">
+      <c r="F17" s="9"/>
+    </row>
+    <row r="18" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="101" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="103"/>
+      <c r="C18" s="6">
         <f>+C16-C17</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="D18" s="7">
+        <v>9380</v>
+      </c>
+      <c r="D18" s="6">
         <f>+D16-D17</f>
         <v>0</v>
       </c>
-      <c r="E18" s="7">
+      <c r="E18" s="6">
         <f>F18-C18-D18</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F18" s="11">
+        <v>-9380</v>
+      </c>
+      <c r="F18" s="10">
         <f>F16-F17</f>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C19" s="22" t="s">
+    <row r="19" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="125"/>
+      <c r="B19" s="126"/>
+      <c r="C19" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="F19" s="24" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="69"/>
+      <c r="B20" s="70"/>
+      <c r="C20" s="70"/>
+      <c r="D20" s="70"/>
+      <c r="E20" s="70"/>
+      <c r="F20" s="71"/>
+    </row>
+    <row r="21" spans="1:6" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="115" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" s="116"/>
+      <c r="C21" s="11"/>
+      <c r="D21" s="25"/>
+      <c r="E21" s="26" t="s">
+        <v>25</v>
+      </c>
+      <c r="F21" s="18"/>
+    </row>
+    <row r="22" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="66"/>
+      <c r="B22" s="67"/>
+      <c r="C22" s="67"/>
+      <c r="D22" s="67"/>
+      <c r="E22" s="67"/>
+      <c r="F22" s="68"/>
+    </row>
+    <row r="23" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="98" t="s">
+        <v>26</v>
+      </c>
+      <c r="B23" s="99"/>
+      <c r="C23" s="99"/>
+      <c r="D23" s="99"/>
+      <c r="E23" s="99"/>
+      <c r="F23" s="100"/>
+    </row>
+    <row r="24" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="98"/>
+      <c r="B24" s="99"/>
+      <c r="C24" s="99"/>
+      <c r="D24" s="99"/>
+      <c r="E24" s="99"/>
+      <c r="F24" s="100"/>
+    </row>
+    <row r="25" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="112" t="s">
+        <v>4</v>
+      </c>
+      <c r="B25" s="113"/>
+      <c r="C25" s="114"/>
+      <c r="D25" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="43" t="s">
+        <v>28</v>
+      </c>
+      <c r="F25" s="27" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="101" t="s">
         <v>30</v>
       </c>
-      <c r="D19" s="22" t="s">
-[...80 lines deleted...]
-      <c r="E26" s="7">
+      <c r="B26" s="102"/>
+      <c r="C26" s="103"/>
+      <c r="D26" s="42" t="s">
+        <v>31</v>
+      </c>
+      <c r="E26" s="6">
         <f>+C18</f>
-        <v>0</v>
-[...12 lines deleted...]
-      <c r="E27" s="7">
+        <v>9380</v>
+      </c>
+      <c r="F26" s="81"/>
+    </row>
+    <row r="27" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="101" t="s">
+        <v>32</v>
+      </c>
+      <c r="B27" s="102"/>
+      <c r="C27" s="103"/>
+      <c r="D27" s="42" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" s="6">
         <f>+D18</f>
         <v>0</v>
       </c>
-      <c r="F27" s="109"/>
-[...10 lines deleted...]
-      <c r="E28" s="7">
+      <c r="F27" s="72"/>
+    </row>
+    <row r="28" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="101" t="s">
+        <v>34</v>
+      </c>
+      <c r="B28" s="102"/>
+      <c r="C28" s="103"/>
+      <c r="D28" s="42" t="s">
+        <v>35</v>
+      </c>
+      <c r="E28" s="6">
         <f>+E18</f>
-        <v>0</v>
-[...12 lines deleted...]
-      <c r="E29" s="7">
+        <v>-9380</v>
+      </c>
+      <c r="F28" s="73"/>
+    </row>
+    <row r="29" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="101" t="s">
+        <v>36</v>
+      </c>
+      <c r="B29" s="102"/>
+      <c r="C29" s="103"/>
+      <c r="D29" s="42" t="s">
+        <v>37</v>
+      </c>
+      <c r="E29" s="6">
         <f>+F18</f>
         <v>0</v>
       </c>
-      <c r="F29" s="33" t="s">
-[...20 lines deleted...]
-      <c r="E31" s="13">
+      <c r="F29" s="28" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="53"/>
+      <c r="B30" s="54"/>
+      <c r="C30" s="54"/>
+      <c r="D30" s="54"/>
+      <c r="E30" s="54"/>
+      <c r="F30" s="55"/>
+    </row>
+    <row r="31" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="101" t="s">
+        <v>39</v>
+      </c>
+      <c r="B31" s="102"/>
+      <c r="C31" s="103"/>
+      <c r="D31" s="42" t="s">
+        <v>40</v>
+      </c>
+      <c r="E31" s="12">
         <f>IF(C21&gt;0,C21,0)</f>
         <v>0</v>
       </c>
-      <c r="F31" s="33" t="s">
-[...12 lines deleted...]
-      <c r="E32" s="15">
+      <c r="F31" s="28" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="101" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="102"/>
+      <c r="C32" s="103"/>
+      <c r="D32" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E32" s="14" t="e">
         <f>IF(C18&gt;0, (D18/F18)*E31,0)</f>
-        <v>0</v>
-[...14 lines deleted...]
-      <c r="E33" s="17">
+        <v>#DIV/0!</v>
+      </c>
+      <c r="F32" s="28" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="101" t="s">
+        <v>44</v>
+      </c>
+      <c r="B33" s="102"/>
+      <c r="C33" s="118"/>
+      <c r="D33" s="30" t="s">
+        <v>45</v>
+      </c>
+      <c r="E33" s="16" t="e">
         <f>ROUND(E31-E32,3)</f>
-        <v>0</v>
-[...42 lines deleted...]
-      <c r="F37" s="14">
+        <v>#DIV/0!</v>
+      </c>
+      <c r="F33" s="31" t="s">
+        <v>46</v>
+      </c>
+      <c r="H33" s="44"/>
+    </row>
+    <row r="34" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="59"/>
+      <c r="B34" s="60"/>
+      <c r="C34" s="60"/>
+      <c r="D34" s="61"/>
+      <c r="E34" s="61"/>
+      <c r="F34" s="62"/>
+    </row>
+    <row r="35" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="104" t="s">
+        <v>47</v>
+      </c>
+      <c r="B35" s="105"/>
+      <c r="C35" s="105"/>
+      <c r="D35" s="105"/>
+      <c r="E35" s="105"/>
+      <c r="F35" s="106"/>
+    </row>
+    <row r="36" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="107"/>
+      <c r="B36" s="108"/>
+      <c r="C36" s="108"/>
+      <c r="D36" s="108"/>
+      <c r="E36" s="108"/>
+      <c r="F36" s="109"/>
+    </row>
+    <row r="37" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="92" t="s">
+        <v>48</v>
+      </c>
+      <c r="B37" s="93"/>
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="32" t="s">
+        <v>49</v>
+      </c>
+      <c r="F37" s="13" t="e">
         <f>E33</f>
-        <v>0</v>
-[...12 lines deleted...]
-      <c r="F38" s="16">
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="B38" s="93"/>
+      <c r="C38" s="93"/>
+      <c r="D38" s="93"/>
+      <c r="E38" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="F38" s="15">
         <f>F21</f>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:8" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="F39" s="18" t="str">
+    <row r="39" spans="1:8" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="92" t="s">
+        <v>52</v>
+      </c>
+      <c r="B39" s="93"/>
+      <c r="C39" s="93"/>
+      <c r="D39" s="93"/>
+      <c r="E39" s="33" t="s">
+        <v>53</v>
+      </c>
+      <c r="F39" s="17" t="str">
         <f>IF(C21="","",(IF(F37&gt;0,(F38-F37)/F37,"100%")))</f>
         <v/>
       </c>
     </row>
-    <row r="40" spans="1:8" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...67 lines deleted...]
-      <c r="D47" s="111"/>
+    <row r="40" spans="1:8" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="56"/>
+      <c r="B40" s="57"/>
+      <c r="C40" s="57"/>
+      <c r="D40" s="57"/>
+      <c r="E40" s="57"/>
+      <c r="F40" s="58"/>
+    </row>
+    <row r="41" spans="1:8" s="1" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="104" t="s">
+        <v>54</v>
+      </c>
+      <c r="B41" s="105"/>
+      <c r="C41" s="105"/>
+      <c r="D41" s="105"/>
+      <c r="E41" s="105"/>
+      <c r="F41" s="106"/>
+    </row>
+    <row r="42" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="107"/>
+      <c r="B42" s="108"/>
+      <c r="C42" s="108"/>
+      <c r="D42" s="108"/>
+      <c r="E42" s="108"/>
+      <c r="F42" s="109"/>
+    </row>
+    <row r="43" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="89" t="s">
+        <v>55</v>
+      </c>
+      <c r="B43" s="90"/>
+      <c r="C43" s="90"/>
+      <c r="D43" s="90"/>
+      <c r="E43" s="90"/>
+      <c r="F43" s="91"/>
+    </row>
+    <row r="44" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="92" t="s">
+        <v>56</v>
+      </c>
+      <c r="B44" s="93"/>
+      <c r="C44" s="93"/>
+      <c r="D44" s="93"/>
+      <c r="E44" s="93"/>
+      <c r="F44" s="94"/>
+    </row>
+    <row r="45" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="34"/>
+      <c r="B45" s="110"/>
+      <c r="C45" s="110"/>
+      <c r="D45" s="110"/>
+      <c r="E45" s="110"/>
+      <c r="F45" s="35"/>
+    </row>
+    <row r="46" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="34"/>
+      <c r="B46" s="111"/>
+      <c r="C46" s="111"/>
+      <c r="D46" s="111"/>
+      <c r="E46" s="111"/>
+      <c r="F46" s="35"/>
+    </row>
+    <row r="47" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="34"/>
+      <c r="B47" s="82" t="s">
+        <v>57</v>
+      </c>
+      <c r="C47" s="82"/>
+      <c r="D47" s="82"/>
       <c r="E47" s="41" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-    <row r="48" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+        <v>58</v>
+      </c>
+      <c r="F47" s="35"/>
+    </row>
+    <row r="48" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="47"/>
       <c r="B48" s="48"/>
       <c r="C48" s="48"/>
       <c r="D48" s="48"/>
       <c r="E48" s="48"/>
       <c r="F48" s="49"/>
     </row>
-    <row r="49" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...31 lines deleted...]
-      <c r="D52" s="111"/>
+    <row r="49" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="89" t="s">
+        <v>59</v>
+      </c>
+      <c r="B49" s="90"/>
+      <c r="C49" s="90"/>
+      <c r="D49" s="90"/>
+      <c r="E49" s="90"/>
+      <c r="F49" s="91"/>
+    </row>
+    <row r="50" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="34"/>
+      <c r="B50" s="110"/>
+      <c r="C50" s="110"/>
+      <c r="D50" s="110"/>
+      <c r="E50" s="110"/>
+      <c r="F50" s="35"/>
+    </row>
+    <row r="51" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="34"/>
+      <c r="B51" s="111"/>
+      <c r="C51" s="111"/>
+      <c r="D51" s="111"/>
+      <c r="E51" s="111"/>
+      <c r="F51" s="35"/>
+    </row>
+    <row r="52" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="34"/>
+      <c r="B52" s="82" t="s">
+        <v>60</v>
+      </c>
+      <c r="C52" s="82"/>
+      <c r="D52" s="82"/>
       <c r="E52" s="41" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-    <row r="53" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+        <v>61</v>
+      </c>
+      <c r="F52" s="35"/>
+    </row>
+    <row r="53" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="47"/>
       <c r="B53" s="48"/>
       <c r="C53" s="48"/>
       <c r="D53" s="48"/>
       <c r="E53" s="48"/>
       <c r="F53" s="49"/>
     </row>
-    <row r="54" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="A55" s="53" t="s">
+    <row r="54" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="89" t="s">
+        <v>62</v>
+      </c>
+      <c r="B54" s="90"/>
+      <c r="C54" s="90"/>
+      <c r="D54" s="90"/>
+      <c r="E54" s="90"/>
+      <c r="F54" s="91"/>
+    </row>
+    <row r="55" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="92" t="s">
+        <v>63</v>
+      </c>
+      <c r="B55" s="93"/>
+      <c r="C55" s="93"/>
+      <c r="D55" s="93"/>
+      <c r="E55" s="93"/>
+      <c r="F55" s="94"/>
+    </row>
+    <row r="56" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="83" t="s">
+        <v>64</v>
+      </c>
+      <c r="B56" s="84"/>
+      <c r="C56" s="84"/>
+      <c r="D56" s="84"/>
+      <c r="E56" s="84"/>
+      <c r="F56" s="85"/>
+    </row>
+    <row r="57" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="83"/>
+      <c r="B57" s="84"/>
+      <c r="C57" s="84"/>
+      <c r="D57" s="84"/>
+      <c r="E57" s="84"/>
+      <c r="F57" s="85"/>
+    </row>
+    <row r="58" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="36"/>
+      <c r="B58" s="86" t="s">
+        <v>65</v>
+      </c>
+      <c r="C58" s="86"/>
+      <c r="D58" s="86"/>
+      <c r="E58" s="86"/>
+      <c r="F58" s="87"/>
+    </row>
+    <row r="59" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="34"/>
+      <c r="B59" s="86" t="s">
+        <v>66</v>
+      </c>
+      <c r="C59" s="86"/>
+      <c r="D59" s="86"/>
+      <c r="E59" s="86"/>
+      <c r="F59" s="87"/>
+    </row>
+    <row r="60" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="34"/>
+      <c r="B60" s="86" t="s">
         <v>67</v>
       </c>
-      <c r="B55" s="54"/>
-[...73 lines deleted...]
-      <c r="B63" s="124" t="s">
+      <c r="C60" s="86"/>
+      <c r="D60" s="86"/>
+      <c r="E60" s="86"/>
+      <c r="F60" s="87"/>
+    </row>
+    <row r="61" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="34"/>
+      <c r="B61" s="86" t="s">
         <v>68</v>
       </c>
-      <c r="C63" s="122"/>
-[...49 lines deleted...]
-      <c r="C68" s="111"/>
+      <c r="C61" s="86"/>
+      <c r="D61" s="86"/>
+      <c r="E61" s="86"/>
+      <c r="F61" s="87"/>
+    </row>
+    <row r="62" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="50"/>
+      <c r="B62" s="51"/>
+      <c r="C62" s="51"/>
+      <c r="D62" s="51"/>
+      <c r="E62" s="51"/>
+      <c r="F62" s="52"/>
+    </row>
+    <row r="63" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="36"/>
+      <c r="B63" s="88" t="s">
+        <v>69</v>
+      </c>
+      <c r="C63" s="86"/>
+      <c r="D63" s="86"/>
+      <c r="E63" s="86"/>
+      <c r="F63" s="87"/>
+    </row>
+    <row r="64" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="34"/>
+      <c r="B64" s="86" t="s">
+        <v>70</v>
+      </c>
+      <c r="C64" s="86"/>
+      <c r="D64" s="86"/>
+      <c r="E64" s="86"/>
+      <c r="F64" s="87"/>
+    </row>
+    <row r="65" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="34"/>
+      <c r="B65" s="86" t="s">
+        <v>71</v>
+      </c>
+      <c r="C65" s="86"/>
+      <c r="D65" s="86"/>
+      <c r="E65" s="86"/>
+      <c r="F65" s="87"/>
+    </row>
+    <row r="66" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="34"/>
+      <c r="B66" s="74"/>
+      <c r="C66" s="74"/>
+      <c r="D66" s="74"/>
+      <c r="E66" s="74"/>
+      <c r="F66" s="37"/>
+    </row>
+    <row r="67" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="38" t="s">
+        <v>72</v>
+      </c>
+      <c r="B67" s="75"/>
+      <c r="C67" s="75"/>
+      <c r="D67" s="75"/>
+      <c r="E67" s="75"/>
+      <c r="F67" s="35"/>
+    </row>
+    <row r="68" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="39" t="s">
+        <v>73</v>
+      </c>
+      <c r="B68" s="82" t="s">
+        <v>74</v>
+      </c>
+      <c r="C68" s="82"/>
       <c r="D68" s="41" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="E68" s="41" t="s">
-        <v>46</v>
-[...9 lines deleted...]
-      <c r="F69" s="118"/>
+        <v>61</v>
+      </c>
+      <c r="F68" s="40"/>
+    </row>
+    <row r="69" spans="1:6" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="76"/>
+      <c r="B69" s="77"/>
+      <c r="C69" s="77"/>
+      <c r="D69" s="77"/>
+      <c r="E69" s="77"/>
+      <c r="F69" s="78"/>
     </row>
   </sheetData>
-  <mergeCells count="64">
-[...11 lines deleted...]
-    <mergeCell ref="B65:F65"/>
+  <mergeCells count="51">
+    <mergeCell ref="A1:F2"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="D11:D15"/>
+    <mergeCell ref="A8:B9"/>
+    <mergeCell ref="A31:C31"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="A27:C27"/>
+    <mergeCell ref="A26:C26"/>
+    <mergeCell ref="A29:C29"/>
+    <mergeCell ref="C8:C9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="A6:F7"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="A49:F49"/>
+    <mergeCell ref="A44:F44"/>
+    <mergeCell ref="A33:C33"/>
+    <mergeCell ref="A39:D39"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="A28:C28"/>
+    <mergeCell ref="A25:C25"/>
+    <mergeCell ref="A21:B21"/>
     <mergeCell ref="A54:F54"/>
     <mergeCell ref="A55:F55"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A23:F24"/>
     <mergeCell ref="A32:C32"/>
-    <mergeCell ref="F26:F28"/>
     <mergeCell ref="A35:F36"/>
     <mergeCell ref="A43:F43"/>
     <mergeCell ref="B47:D47"/>
     <mergeCell ref="B52:D52"/>
     <mergeCell ref="B45:E46"/>
     <mergeCell ref="B50:E51"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:B15"/>
-    <mergeCell ref="A11:B11"/>
-[...1 lines deleted...]
-    <mergeCell ref="A17:B17"/>
     <mergeCell ref="A41:F42"/>
-    <mergeCell ref="A18:B18"/>
-[...30 lines deleted...]
-    <mergeCell ref="A34:F34"/>
+    <mergeCell ref="B68:C68"/>
+    <mergeCell ref="A56:F57"/>
+    <mergeCell ref="B58:F58"/>
+    <mergeCell ref="B59:F59"/>
+    <mergeCell ref="B60:F60"/>
+    <mergeCell ref="B61:F61"/>
+    <mergeCell ref="B63:F63"/>
+    <mergeCell ref="B64:F64"/>
+    <mergeCell ref="B65:F65"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0" right="0.14000000000000001" top="0.27" bottom="0" header="0.17" footer="0"/>
   <pageSetup scale="90" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;LPT32.1 (revised April 2019)</oddHeader>
   </headerFooter>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" xsi:nil="true"/>
+    <Hascontentbeenuploaded xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">true</Hascontentbeenuploaded>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FF6005E5D74DD940B6EBE89D865EFB84" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5cd84b22c6f42336f422ad03ad6aba57">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a51d9f3-36e9-480f-ad55-5f29a773c374" xmlns:ns3="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="377aa82bfbbf21f697d386ba54679fa1" ns2:_="" ns3:_="">
+    <xsd:import namespace="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <xsd:import namespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:Hascontentbeenuploaded" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a51d9f3-36e9-480f-ad55-5f29a773c374" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0d1b9b15-6ca2-435f-87bd-c880ab911653" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Hascontentbeenuploaded" ma:index="20" nillable="true" ma:displayName="Has content been uploaded" ma:default="1" ma:format="Dropdown" ma:internalName="Hascontentbeenuploaded">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b650d3c7-c21a-45fa-9c6a-89edbfed0a2e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5678a980-3ba3-4bd5-a7b3-4f54691c6b59">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B4FA1E4-35C6-4F1A-ACAD-68E6A99E67E4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD8D0A59-224C-413E-8112-5A9DFA5DE43F}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24A9B96C-3DE8-4741-A581-BB84F847881F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Final Version</vt:lpstr>
       <vt:lpstr>'Final Version'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>Georgia Dept of Revnue</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PT-32.1 Computation of Millage Rate Rollback and Percentage Increase in Property Taxes</dc:title>
-  <dc:creator>Revenue Employee</dc:creator>
+  <dc:subject/>
+  <dc:creator>Georgia Department of Revenue</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100FF6005E5D74DD940B6EBE89D865EFB84</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>