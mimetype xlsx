--- v0 (2025-10-08)
+++ v1 (2025-12-16)
@@ -1,90 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Unencrypted\Digest Submission\Digest Forms\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gets.sharepoint.com/sites/DOR-ADAWebsiteComplianceProject-TeamSite/Shared Documents/General/Tracking - Division Remediation/Div LGS-All/2025.09.18 LGS County Portal xlsx TBR Remediated/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3E603104-5CFB-4A12-BA70-948E6C1C9D21}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="5" documentId="13_ncr:1_{5A924EA9-5ED4-4B4D-ACD0-65B72863D1B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4EAD3037-5ACF-47E5-A820-91A14D114704}"/>
   <bookViews>
-    <workbookView xWindow="-96" yWindow="-96" windowWidth="23232" windowHeight="13872" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1060" yWindow="1060" windowWidth="16920" windowHeight="10450" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PT-38" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'PT-38'!$A$1:$G$44</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
-</file>
-[...8 lines deleted...]
-</calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="62">
   <si>
     <t>COLUMN 1</t>
   </si>
   <si>
     <t>COLUMN 2</t>
   </si>
   <si>
     <t>COLUMN 3</t>
   </si>
   <si>
     <t>COLUMN 4</t>
   </si>
   <si>
     <t>COLUMN 5</t>
   </si>
   <si>
     <t xml:space="preserve">Gross Millage for </t>
   </si>
   <si>
     <t>Maintenance &amp;</t>
   </si>
@@ -517,51 +511,51 @@
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFB8EDFE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="33">
+  <borders count="26">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -668,130 +662,50 @@
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
-      <diagonal/>
-[...78 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -820,152 +734,133 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color theme="1"/>
       </left>
       <right style="thick">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color theme="1"/>
       </left>
       <right style="thick">
         <color theme="1"/>
       </right>
-      <top/>
-[...24 lines deleted...]
-      </right>
       <top style="thick">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color theme="1"/>
       </left>
       <right/>
       <top style="thick">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color theme="1"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color theme="1"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thick">
-        <color theme="1"/>
+      <left style="medium">
+        <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thick">
-        <color theme="1"/>
+      <left style="medium">
+        <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thick">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="156">
+  <cellXfs count="144">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
@@ -1104,68 +999,57 @@
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-      <protection locked="0"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
@@ -1192,469 +1076,724 @@
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="20" fontId="4" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...14 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...21 lines deleted...]
-    <xf numFmtId="164" fontId="28" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="28" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="18" fillId="3" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="18" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="18" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="18" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="2" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="18" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...14 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="18" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="33" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...26 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...66 lines deleted...]
-      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="1">
+  <dxfs count="10">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color auto="1"/>
       </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thick">
+          <color theme="1"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color indexed="9"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thick">
+          <color theme="1"/>
+        </left>
+        <right style="thick">
+          <color theme="1"/>
+        </right>
+        <top/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="9"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="1" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>133350</xdr:colOff>
+      <xdr:colOff>126522</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>952500</xdr:colOff>
+      <xdr:colOff>945672</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>285750</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1096" name="Picture 1">
+        <xdr:cNvPr id="1096" name="Picture 1" descr="State of Georgia Seal logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5A08E5B-15D1-4AB4-B845-C2413833B8FE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:lum bright="12000" contrast="48000"/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="8505825" y="371475"/>
-          <a:ext cx="819150" cy="800100"/>
+          <a:off x="8934587" y="361711"/>
+          <a:ext cx="819150" cy="798017"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{BF86061B-3D11-4318-A6A7-5C36CE383E2B}" name="Table2" displayName="Table2" ref="A26:G35" totalsRowShown="0" headerRowBorderDxfId="9" tableBorderDxfId="8">
+  <autoFilter ref="A26:G35" xr:uid="{BF86061B-3D11-4318-A6A7-5C36CE383E2B}">
+    <filterColumn colId="0" hiddenButton="1"/>
+    <filterColumn colId="1" hiddenButton="1"/>
+    <filterColumn colId="2" hiddenButton="1"/>
+    <filterColumn colId="3" hiddenButton="1"/>
+    <filterColumn colId="4" hiddenButton="1"/>
+    <filterColumn colId="5" hiddenButton="1"/>
+    <filterColumn colId="6" hiddenButton="1"/>
+  </autoFilter>
+  <tableColumns count="7">
+    <tableColumn id="1" xr3:uid="{C48E1ABB-C271-4139-8D39-BEEB0D737461}" name="CITY DISTRICTS" dataDxfId="7"/>
+    <tableColumn id="2" xr3:uid="{13945BB7-D0B8-4064-B4A8-970AF06CF363}" name="DISTRICT NO." dataDxfId="6"/>
+    <tableColumn id="3" xr3:uid="{CD0EF7E1-A919-4A72-B919-EE93D918E461}" name="COLUMN 1" dataDxfId="5"/>
+    <tableColumn id="4" xr3:uid="{9EFF2DF5-D5FF-4A21-9D6D-AB27AB3488E7}" name="COLUMN 2" dataDxfId="4"/>
+    <tableColumn id="5" xr3:uid="{33D3C6A1-C038-473C-9484-A8213DDBCB7A}" name="COLUMN 3" dataDxfId="3">
+      <calculatedColumnFormula>SUM(C27-D27)</calculatedColumnFormula>
+    </tableColumn>
+    <tableColumn id="6" xr3:uid="{8FDDBB08-B58D-4773-9923-B352BBAFAFE7}" name="COLUMN 4" dataDxfId="2"/>
+    <tableColumn id="7" xr3:uid="{24637611-A843-419E-B833-39AEEA6FDF85}" name="COLUMN 5" dataDxfId="1"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1899,83 +2038,84 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dor.ga.gov/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dor.ga.gov/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dor.ga.gov/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:BD43"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="93" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5:F5"/>
+    <sheetView tabSelected="1" topLeftCell="A6" zoomScale="93" workbookViewId="0">
+      <selection activeCell="E30" sqref="B30:G35"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.3" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="29.5546875" style="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="16384" width="9.109375" style="1"/>
+    <col min="1" max="1" width="29.54296875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="15" style="1" customWidth="1"/>
+    <col min="3" max="3" width="18.1796875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="19.453125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="22.1796875" style="5" customWidth="1"/>
+    <col min="6" max="6" width="21.81640625" style="5" customWidth="1"/>
+    <col min="7" max="7" width="17.81640625" style="5" customWidth="1"/>
+    <col min="8" max="8" width="13.54296875" style="1" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="12.453125" style="1" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="10.453125" style="1" hidden="1" customWidth="1"/>
+    <col min="11" max="11" width="11.453125" style="1" hidden="1" customWidth="1"/>
+    <col min="12" max="56" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="57" max="16384" width="9.1796875" style="1" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:56" s="2" customFormat="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="64" t="s">
+    <row r="1" spans="1:56" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="61" t="s">
         <v>60</v>
       </c>
-      <c r="B1" s="65"/>
-      <c r="C1" s="65"/>
+      <c r="B1" s="62"/>
+      <c r="C1" s="62"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
@@ -1985,52 +2125,52 @@
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
       <c r="AM1" s="1"/>
       <c r="AN1" s="1"/>
       <c r="AO1" s="1"/>
       <c r="AP1" s="1"/>
       <c r="AQ1" s="1"/>
       <c r="AR1" s="1"/>
       <c r="AS1" s="1"/>
       <c r="AT1" s="1"/>
       <c r="AU1" s="1"/>
       <c r="AV1" s="1"/>
       <c r="AW1" s="1"/>
       <c r="AX1" s="1"/>
       <c r="AY1" s="1"/>
       <c r="AZ1" s="1"/>
       <c r="BA1" s="1"/>
       <c r="BB1" s="1"/>
       <c r="BC1" s="1"/>
       <c r="BD1" s="1"/>
     </row>
-    <row r="2" spans="1:56" s="2" customFormat="1" x14ac:dyDescent="0.4">
-      <c r="A2" s="66" t="s">
+    <row r="2" spans="1:56" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="63" t="s">
         <v>42</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
@@ -2045,767 +2185,767 @@
       <c r="AG2" s="1"/>
       <c r="AH2" s="1"/>
       <c r="AI2" s="1"/>
       <c r="AJ2" s="1"/>
       <c r="AK2" s="1"/>
       <c r="AL2" s="1"/>
       <c r="AM2" s="1"/>
       <c r="AN2" s="1"/>
       <c r="AO2" s="1"/>
       <c r="AP2" s="1"/>
       <c r="AQ2" s="1"/>
       <c r="AR2" s="1"/>
       <c r="AS2" s="1"/>
       <c r="AT2" s="1"/>
       <c r="AU2" s="1"/>
       <c r="AV2" s="1"/>
       <c r="AW2" s="1"/>
       <c r="AX2" s="1"/>
       <c r="AY2" s="1"/>
       <c r="AZ2" s="1"/>
       <c r="BA2" s="1"/>
       <c r="BB2" s="1"/>
       <c r="BC2" s="1"/>
       <c r="BD2" s="1"/>
     </row>
-    <row r="3" spans="1:56" s="2" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A3" s="154" t="s">
+    <row r="3" spans="1:56" s="2" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="B3" s="154"/>
-[...4 lines deleted...]
-      <c r="G3" s="154"/>
+      <c r="B3" s="106"/>
+      <c r="C3" s="106"/>
+      <c r="D3" s="106"/>
+      <c r="E3" s="106"/>
+      <c r="F3" s="106"/>
+      <c r="G3" s="106"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
       <c r="Z3" s="1"/>
       <c r="AA3" s="1"/>
       <c r="AB3" s="1"/>
       <c r="AC3" s="1"/>
       <c r="AD3" s="1"/>
       <c r="AE3" s="1"/>
       <c r="AF3" s="1"/>
       <c r="AG3" s="1"/>
       <c r="AH3" s="1"/>
       <c r="AI3" s="1"/>
       <c r="AJ3" s="1"/>
       <c r="AK3" s="1"/>
       <c r="AL3" s="1"/>
       <c r="AM3" s="1"/>
       <c r="AN3" s="1"/>
       <c r="AO3" s="1"/>
       <c r="AP3" s="1"/>
       <c r="AQ3" s="1"/>
       <c r="AR3" s="1"/>
       <c r="AS3" s="1"/>
       <c r="AT3" s="1"/>
       <c r="AU3" s="1"/>
       <c r="AV3" s="1"/>
       <c r="AW3" s="1"/>
       <c r="AX3" s="1"/>
       <c r="AY3" s="1"/>
       <c r="AZ3" s="1"/>
       <c r="BA3" s="1"/>
       <c r="BB3" s="1"/>
       <c r="BC3" s="1"/>
       <c r="BD3" s="1"/>
     </row>
-    <row r="4" spans="1:56" s="2" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A4" s="155" t="s">
+    <row r="4" spans="1:56" s="2" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="107" t="s">
         <v>53</v>
       </c>
-      <c r="B4" s="155"/>
-[...4 lines deleted...]
-      <c r="G4" s="155"/>
+      <c r="B4" s="107"/>
+      <c r="C4" s="107"/>
+      <c r="D4" s="107"/>
+      <c r="E4" s="107"/>
+      <c r="F4" s="107"/>
+      <c r="G4" s="107"/>
       <c r="H4" s="8"/>
       <c r="I4" s="9"/>
       <c r="J4" s="7"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
       <c r="Z4" s="1"/>
       <c r="AA4" s="1"/>
       <c r="AB4" s="1"/>
       <c r="AC4" s="1"/>
       <c r="AD4" s="1"/>
       <c r="AE4" s="1"/>
       <c r="AF4" s="1"/>
       <c r="AG4" s="1"/>
       <c r="AH4" s="1"/>
       <c r="AI4" s="1"/>
       <c r="AJ4" s="1"/>
       <c r="AK4" s="1"/>
       <c r="AL4" s="1"/>
       <c r="AM4" s="1"/>
       <c r="AN4" s="1"/>
       <c r="AO4" s="1"/>
       <c r="AP4" s="1"/>
       <c r="AQ4" s="1"/>
       <c r="AR4" s="1"/>
       <c r="AS4" s="1"/>
       <c r="AT4" s="1"/>
       <c r="AU4" s="1"/>
       <c r="AV4" s="1"/>
       <c r="AW4" s="1"/>
       <c r="AX4" s="1"/>
       <c r="AY4" s="1"/>
       <c r="AZ4" s="1"/>
       <c r="BA4" s="1"/>
       <c r="BB4" s="1"/>
       <c r="BC4" s="1"/>
       <c r="BD4" s="1"/>
     </row>
-    <row r="5" spans="1:56" s="13" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A5" s="113" t="s">
+    <row r="5" spans="1:56" s="13" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="130" t="s">
         <v>58</v>
       </c>
-      <c r="B5" s="114"/>
-[...4 lines deleted...]
-      <c r="G5" s="67"/>
+      <c r="B5" s="131"/>
+      <c r="C5" s="131"/>
+      <c r="D5" s="131"/>
+      <c r="E5" s="131"/>
+      <c r="F5" s="131"/>
+      <c r="G5" s="64"/>
       <c r="H5" s="10"/>
       <c r="I5" s="11"/>
       <c r="J5" s="11"/>
       <c r="K5" s="12"/>
       <c r="L5" s="12"/>
       <c r="M5" s="12"/>
       <c r="N5" s="12"/>
       <c r="O5" s="12"/>
       <c r="P5" s="12"/>
       <c r="Q5" s="12"/>
       <c r="R5" s="12"/>
       <c r="S5" s="12"/>
       <c r="T5" s="12"/>
       <c r="U5" s="12"/>
       <c r="V5" s="12"/>
       <c r="W5" s="12"/>
       <c r="X5" s="12"/>
       <c r="Y5" s="12"/>
       <c r="Z5" s="12"/>
       <c r="AA5" s="12"/>
       <c r="AB5" s="12"/>
       <c r="AC5" s="12"/>
       <c r="AD5" s="12"/>
       <c r="AE5" s="12"/>
       <c r="AF5" s="12"/>
       <c r="AG5" s="12"/>
       <c r="AH5" s="12"/>
       <c r="AI5" s="12"/>
       <c r="AJ5" s="12"/>
       <c r="AK5" s="12"/>
       <c r="AL5" s="12"/>
       <c r="AM5" s="12"/>
       <c r="AN5" s="12"/>
       <c r="AO5" s="12"/>
       <c r="AP5" s="12"/>
       <c r="AQ5" s="12"/>
       <c r="AR5" s="12"/>
       <c r="AS5" s="12"/>
       <c r="AT5" s="12"/>
       <c r="AU5" s="12"/>
       <c r="AV5" s="12"/>
       <c r="AW5" s="12"/>
       <c r="AX5" s="12"/>
       <c r="AY5" s="12"/>
       <c r="AZ5" s="12"/>
       <c r="BA5" s="12"/>
       <c r="BB5" s="12"/>
       <c r="BC5" s="12"/>
       <c r="BD5" s="12"/>
     </row>
-    <row r="6" spans="1:56" s="17" customFormat="1" ht="12.9" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A6" s="137" t="s">
+    <row r="6" spans="1:56" s="17" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="108" t="s">
         <v>45</v>
       </c>
-      <c r="B6" s="137"/>
-[...4 lines deleted...]
-      <c r="G6" s="137"/>
+      <c r="B6" s="108"/>
+      <c r="C6" s="108"/>
+      <c r="D6" s="108"/>
+      <c r="E6" s="108"/>
+      <c r="F6" s="108"/>
+      <c r="G6" s="108"/>
       <c r="H6" s="14"/>
       <c r="I6" s="15"/>
       <c r="J6" s="15"/>
       <c r="K6" s="16"/>
       <c r="L6" s="16"/>
       <c r="M6" s="16"/>
       <c r="N6" s="16"/>
       <c r="O6" s="16"/>
       <c r="P6" s="16"/>
       <c r="Q6" s="16"/>
       <c r="R6" s="16"/>
       <c r="S6" s="16"/>
       <c r="T6" s="16"/>
       <c r="U6" s="16"/>
       <c r="V6" s="16"/>
       <c r="W6" s="16"/>
       <c r="X6" s="16"/>
       <c r="Y6" s="16"/>
       <c r="Z6" s="16"/>
       <c r="AA6" s="16"/>
       <c r="AB6" s="16"/>
       <c r="AC6" s="16"/>
       <c r="AD6" s="16"/>
       <c r="AE6" s="16"/>
       <c r="AF6" s="16"/>
       <c r="AG6" s="16"/>
       <c r="AH6" s="16"/>
       <c r="AI6" s="16"/>
       <c r="AJ6" s="16"/>
       <c r="AK6" s="16"/>
       <c r="AL6" s="16"/>
       <c r="AM6" s="16"/>
       <c r="AN6" s="16"/>
       <c r="AO6" s="16"/>
       <c r="AP6" s="16"/>
       <c r="AQ6" s="16"/>
       <c r="AR6" s="16"/>
       <c r="AS6" s="16"/>
       <c r="AT6" s="16"/>
       <c r="AU6" s="16"/>
       <c r="AV6" s="16"/>
       <c r="AW6" s="16"/>
       <c r="AX6" s="16"/>
       <c r="AY6" s="16"/>
       <c r="AZ6" s="16"/>
       <c r="BA6" s="16"/>
       <c r="BB6" s="16"/>
       <c r="BC6" s="16"/>
       <c r="BD6" s="16"/>
     </row>
-    <row r="7" spans="1:56" s="17" customFormat="1" ht="12.9" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A7" s="137" t="s">
+    <row r="7" spans="1:56" s="17" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="108" t="s">
         <v>41</v>
       </c>
-      <c r="B7" s="137"/>
-[...4 lines deleted...]
-      <c r="G7" s="137"/>
+      <c r="B7" s="108"/>
+      <c r="C7" s="108"/>
+      <c r="D7" s="108"/>
+      <c r="E7" s="108"/>
+      <c r="F7" s="108"/>
+      <c r="G7" s="108"/>
       <c r="H7" s="14"/>
       <c r="I7" s="15"/>
       <c r="J7" s="15"/>
       <c r="K7" s="16"/>
       <c r="L7" s="16"/>
       <c r="M7" s="16"/>
       <c r="N7" s="16"/>
       <c r="O7" s="16"/>
       <c r="P7" s="16"/>
       <c r="Q7" s="16"/>
       <c r="R7" s="16"/>
       <c r="S7" s="16"/>
       <c r="T7" s="16"/>
       <c r="U7" s="16"/>
       <c r="V7" s="16"/>
       <c r="W7" s="16"/>
       <c r="X7" s="16"/>
       <c r="Y7" s="16"/>
       <c r="Z7" s="16"/>
       <c r="AA7" s="16"/>
       <c r="AB7" s="16"/>
       <c r="AC7" s="16"/>
       <c r="AD7" s="16"/>
       <c r="AE7" s="16"/>
       <c r="AF7" s="16"/>
       <c r="AG7" s="16"/>
       <c r="AH7" s="16"/>
       <c r="AI7" s="16"/>
       <c r="AJ7" s="16"/>
       <c r="AK7" s="16"/>
       <c r="AL7" s="16"/>
       <c r="AM7" s="16"/>
       <c r="AN7" s="16"/>
       <c r="AO7" s="16"/>
       <c r="AP7" s="16"/>
       <c r="AQ7" s="16"/>
       <c r="AR7" s="16"/>
       <c r="AS7" s="16"/>
       <c r="AT7" s="16"/>
       <c r="AU7" s="16"/>
       <c r="AV7" s="16"/>
       <c r="AW7" s="16"/>
       <c r="AX7" s="16"/>
       <c r="AY7" s="16"/>
       <c r="AZ7" s="16"/>
       <c r="BA7" s="16"/>
       <c r="BB7" s="16"/>
       <c r="BC7" s="16"/>
       <c r="BD7" s="16"/>
     </row>
-    <row r="8" spans="1:56" s="17" customFormat="1" ht="12.9" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A8" s="137" t="s">
+    <row r="8" spans="1:56" s="17" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="108" t="s">
         <v>50</v>
       </c>
-      <c r="B8" s="137"/>
-[...4 lines deleted...]
-      <c r="G8" s="137"/>
+      <c r="B8" s="108"/>
+      <c r="C8" s="108"/>
+      <c r="D8" s="108"/>
+      <c r="E8" s="108"/>
+      <c r="F8" s="108"/>
+      <c r="G8" s="108"/>
       <c r="H8" s="14"/>
       <c r="I8" s="15"/>
       <c r="J8" s="15"/>
       <c r="K8" s="16"/>
       <c r="L8" s="16"/>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
       <c r="Q8" s="16"/>
       <c r="R8" s="16"/>
       <c r="S8" s="16"/>
       <c r="T8" s="16"/>
       <c r="U8" s="16"/>
       <c r="V8" s="16"/>
       <c r="W8" s="16"/>
       <c r="X8" s="16"/>
       <c r="Y8" s="16"/>
       <c r="Z8" s="16"/>
       <c r="AA8" s="16"/>
       <c r="AB8" s="16"/>
       <c r="AC8" s="16"/>
       <c r="AD8" s="16"/>
       <c r="AE8" s="16"/>
       <c r="AF8" s="16"/>
       <c r="AG8" s="16"/>
       <c r="AH8" s="16"/>
       <c r="AI8" s="16"/>
       <c r="AJ8" s="16"/>
       <c r="AK8" s="16"/>
       <c r="AL8" s="16"/>
       <c r="AM8" s="16"/>
       <c r="AN8" s="16"/>
       <c r="AO8" s="16"/>
       <c r="AP8" s="16"/>
       <c r="AQ8" s="16"/>
       <c r="AR8" s="16"/>
       <c r="AS8" s="16"/>
       <c r="AT8" s="16"/>
       <c r="AU8" s="16"/>
       <c r="AV8" s="16"/>
       <c r="AW8" s="16"/>
       <c r="AX8" s="16"/>
       <c r="AY8" s="16"/>
       <c r="AZ8" s="16"/>
       <c r="BA8" s="16"/>
       <c r="BB8" s="16"/>
       <c r="BC8" s="16"/>
       <c r="BD8" s="16"/>
     </row>
-    <row r="9" spans="1:56" s="17" customFormat="1" ht="12.9" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A9" s="137" t="s">
+    <row r="9" spans="1:56" s="17" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="108" t="s">
         <v>51</v>
       </c>
-      <c r="B9" s="137"/>
-[...4 lines deleted...]
-      <c r="G9" s="137"/>
+      <c r="B9" s="108"/>
+      <c r="C9" s="108"/>
+      <c r="D9" s="108"/>
+      <c r="E9" s="108"/>
+      <c r="F9" s="108"/>
+      <c r="G9" s="108"/>
       <c r="H9" s="14"/>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="16"/>
       <c r="L9" s="16"/>
       <c r="M9" s="16"/>
       <c r="N9" s="16"/>
       <c r="O9" s="16"/>
       <c r="P9" s="16"/>
       <c r="Q9" s="16"/>
       <c r="R9" s="16"/>
       <c r="S9" s="16"/>
       <c r="T9" s="16"/>
       <c r="U9" s="16"/>
       <c r="V9" s="16"/>
       <c r="W9" s="16"/>
       <c r="X9" s="16"/>
       <c r="Y9" s="16"/>
       <c r="Z9" s="16"/>
       <c r="AA9" s="16"/>
       <c r="AB9" s="16"/>
       <c r="AC9" s="16"/>
       <c r="AD9" s="16"/>
       <c r="AE9" s="16"/>
       <c r="AF9" s="16"/>
       <c r="AG9" s="16"/>
       <c r="AH9" s="16"/>
       <c r="AI9" s="16"/>
       <c r="AJ9" s="16"/>
       <c r="AK9" s="16"/>
       <c r="AL9" s="16"/>
       <c r="AM9" s="16"/>
       <c r="AN9" s="16"/>
       <c r="AO9" s="16"/>
       <c r="AP9" s="16"/>
       <c r="AQ9" s="16"/>
       <c r="AR9" s="16"/>
       <c r="AS9" s="16"/>
       <c r="AT9" s="16"/>
       <c r="AU9" s="16"/>
       <c r="AV9" s="16"/>
       <c r="AW9" s="16"/>
       <c r="AX9" s="16"/>
       <c r="AY9" s="16"/>
       <c r="AZ9" s="16"/>
       <c r="BA9" s="16"/>
       <c r="BB9" s="16"/>
       <c r="BC9" s="16"/>
       <c r="BD9" s="16"/>
     </row>
-    <row r="10" spans="1:56" s="21" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A10" s="138" t="s">
+    <row r="10" spans="1:56" s="21" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="143" t="s">
         <v>56</v>
       </c>
-      <c r="B10" s="138"/>
-[...4 lines deleted...]
-      <c r="G10" s="138"/>
+      <c r="B10" s="143"/>
+      <c r="C10" s="143"/>
+      <c r="D10" s="143"/>
+      <c r="E10" s="143"/>
+      <c r="F10" s="143"/>
+      <c r="G10" s="143"/>
       <c r="H10" s="18"/>
       <c r="I10" s="19"/>
       <c r="J10" s="19"/>
       <c r="K10" s="20"/>
       <c r="L10" s="20"/>
       <c r="M10" s="20"/>
       <c r="N10" s="20"/>
       <c r="O10" s="20"/>
       <c r="P10" s="20"/>
       <c r="Q10" s="20"/>
       <c r="R10" s="20"/>
       <c r="S10" s="20"/>
       <c r="T10" s="20"/>
       <c r="U10" s="20"/>
       <c r="V10" s="20"/>
       <c r="W10" s="20"/>
       <c r="X10" s="20"/>
       <c r="Y10" s="20"/>
       <c r="Z10" s="20"/>
       <c r="AA10" s="20"/>
       <c r="AB10" s="20"/>
       <c r="AC10" s="20"/>
       <c r="AD10" s="20"/>
       <c r="AE10" s="20"/>
       <c r="AF10" s="20"/>
       <c r="AG10" s="20"/>
       <c r="AH10" s="20"/>
       <c r="AI10" s="20"/>
       <c r="AJ10" s="20"/>
       <c r="AK10" s="20"/>
       <c r="AL10" s="20"/>
       <c r="AM10" s="20"/>
       <c r="AN10" s="20"/>
       <c r="AO10" s="20"/>
       <c r="AP10" s="20"/>
       <c r="AQ10" s="20"/>
       <c r="AR10" s="20"/>
       <c r="AS10" s="20"/>
       <c r="AT10" s="20"/>
       <c r="AU10" s="20"/>
       <c r="AV10" s="20"/>
       <c r="AW10" s="20"/>
       <c r="AX10" s="20"/>
       <c r="AY10" s="20"/>
       <c r="AZ10" s="20"/>
       <c r="BA10" s="20"/>
       <c r="BB10" s="20"/>
       <c r="BC10" s="20"/>
       <c r="BD10" s="20"/>
     </row>
-    <row r="11" spans="1:56" s="29" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="152" t="s">
+    <row r="11" spans="1:56" s="29" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="104" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="153"/>
+      <c r="B11" s="105"/>
       <c r="C11" s="22" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="23"/>
       <c r="E11" s="24"/>
       <c r="F11" s="25" t="s">
         <v>30</v>
       </c>
       <c r="G11" s="26"/>
       <c r="H11" s="27"/>
       <c r="I11" s="28"/>
       <c r="J11" s="28"/>
     </row>
-    <row r="12" spans="1:56" s="72" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.5">
-[...11 lines deleted...]
-    <row r="13" spans="1:56" s="34" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:56" s="69" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="121"/>
+      <c r="B12" s="122"/>
+      <c r="C12" s="121"/>
+      <c r="D12" s="122"/>
+      <c r="E12" s="122"/>
+      <c r="F12" s="121"/>
+      <c r="G12" s="123"/>
+      <c r="H12" s="68"/>
+      <c r="I12" s="68"/>
+      <c r="J12" s="68"/>
+    </row>
+    <row r="13" spans="1:56" s="34" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="25" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="25" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="30"/>
       <c r="D13" s="31" t="s">
         <v>33</v>
       </c>
       <c r="E13" s="30" t="s">
         <v>34</v>
       </c>
       <c r="F13" s="25" t="s">
         <v>43</v>
       </c>
       <c r="G13" s="32"/>
       <c r="H13" s="33"/>
       <c r="I13" s="33"/>
       <c r="J13" s="33"/>
     </row>
-    <row r="14" spans="1:56" s="72" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.5">
-[...10 lines deleted...]
-    <row r="15" spans="1:56" ht="9" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:56" s="69" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="70"/>
+      <c r="B14" s="132"/>
+      <c r="C14" s="133"/>
+      <c r="D14" s="71"/>
+      <c r="E14" s="68"/>
+      <c r="F14" s="134"/>
+      <c r="G14" s="135"/>
+      <c r="H14" s="109"/>
+      <c r="I14" s="110"/>
+    </row>
+    <row r="15" spans="1:56" ht="9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="35" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="144" t="s">
+      <c r="B15" s="118" t="s">
         <v>44</v>
       </c>
-      <c r="C15" s="145"/>
-[...3 lines deleted...]
-      <c r="G15" s="146"/>
+      <c r="C15" s="119"/>
+      <c r="D15" s="119"/>
+      <c r="E15" s="119"/>
+      <c r="F15" s="119"/>
+      <c r="G15" s="120"/>
       <c r="H15" s="36"/>
     </row>
-    <row r="16" spans="1:56" s="72" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.5">
-[...9 lines deleted...]
-      <c r="A17" s="133" t="s">
+    <row r="16" spans="1:56" s="69" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="72"/>
+      <c r="B16" s="121"/>
+      <c r="C16" s="122"/>
+      <c r="D16" s="122"/>
+      <c r="E16" s="122"/>
+      <c r="F16" s="122"/>
+      <c r="G16" s="123"/>
+    </row>
+    <row r="17" spans="1:56" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="139" t="s">
         <v>54</v>
       </c>
-      <c r="B17" s="134"/>
-[...7 lines deleted...]
-      <c r="A18" s="149" t="s">
+      <c r="B17" s="140"/>
+      <c r="C17" s="140"/>
+      <c r="D17" s="140"/>
+      <c r="E17" s="140"/>
+      <c r="F17" s="140"/>
+      <c r="G17" s="141"/>
+    </row>
+    <row r="18" spans="1:56" s="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="126" t="s">
         <v>38</v>
       </c>
-      <c r="B18" s="150"/>
-[...1 lines deleted...]
-      <c r="D18" s="149" t="s">
+      <c r="B18" s="127"/>
+      <c r="C18" s="128"/>
+      <c r="D18" s="126" t="s">
         <v>39</v>
       </c>
-      <c r="E18" s="150"/>
-[...1 lines deleted...]
-      <c r="G18" s="151"/>
+      <c r="E18" s="127"/>
+      <c r="F18" s="127"/>
+      <c r="G18" s="128"/>
       <c r="H18" s="37"/>
       <c r="I18" s="37"/>
       <c r="J18" s="37"/>
       <c r="K18" s="37"/>
     </row>
-    <row r="19" spans="1:56" s="27" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="19" spans="1:56" s="27" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="39" t="s">
         <v>36</v>
       </c>
-      <c r="B19" s="147" t="s">
+      <c r="B19" s="115" t="s">
         <v>37</v>
       </c>
-      <c r="C19" s="147"/>
-      <c r="D19" s="147" t="s">
+      <c r="C19" s="114"/>
+      <c r="D19" s="115" t="s">
         <v>36</v>
       </c>
-      <c r="E19" s="147"/>
-      <c r="F19" s="148" t="s">
+      <c r="E19" s="114"/>
+      <c r="F19" s="124" t="s">
         <v>37</v>
       </c>
-      <c r="G19" s="148"/>
+      <c r="G19" s="125"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
     </row>
-    <row r="20" spans="1:56" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="G20" s="127"/>
+    <row r="20" spans="1:56" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="73"/>
+      <c r="B20" s="111"/>
+      <c r="C20" s="112"/>
+      <c r="D20" s="113"/>
+      <c r="E20" s="114"/>
+      <c r="F20" s="116"/>
+      <c r="G20" s="117"/>
       <c r="H20" s="41"/>
       <c r="I20" s="41"/>
       <c r="J20" s="41"/>
       <c r="K20" s="41"/>
     </row>
-    <row r="21" spans="1:56" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="G21" s="127"/>
+    <row r="21" spans="1:56" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="73"/>
+      <c r="B21" s="111"/>
+      <c r="C21" s="112"/>
+      <c r="D21" s="115"/>
+      <c r="E21" s="114"/>
+      <c r="F21" s="116"/>
+      <c r="G21" s="117"/>
       <c r="H21" s="41"/>
       <c r="I21" s="41"/>
       <c r="J21" s="41"/>
       <c r="K21" s="41"/>
     </row>
-    <row r="22" spans="1:56" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="22" spans="1:56" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="39"/>
-      <c r="B22" s="128"/>
-[...4 lines deleted...]
-      <c r="G22" s="127"/>
+      <c r="B22" s="111"/>
+      <c r="C22" s="112"/>
+      <c r="D22" s="115"/>
+      <c r="E22" s="114"/>
+      <c r="F22" s="116"/>
+      <c r="G22" s="117"/>
       <c r="H22" s="43"/>
       <c r="I22" s="43"/>
       <c r="J22" s="43"/>
       <c r="K22" s="44"/>
     </row>
-    <row r="23" spans="1:56" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="23" spans="1:56" s="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="39"/>
-      <c r="B23" s="128"/>
-[...4 lines deleted...]
-      <c r="G23" s="127"/>
+      <c r="B23" s="111"/>
+      <c r="C23" s="112"/>
+      <c r="D23" s="115"/>
+      <c r="E23" s="114"/>
+      <c r="F23" s="116"/>
+      <c r="G23" s="117"/>
       <c r="H23" s="43"/>
       <c r="I23" s="43"/>
       <c r="J23" s="43"/>
       <c r="K23" s="44"/>
     </row>
-    <row r="24" spans="1:56" s="90" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A24" s="130" t="s">
+    <row r="24" spans="1:56" s="79" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="136" t="s">
         <v>55</v>
       </c>
-      <c r="B24" s="131"/>
-[...11 lines deleted...]
-      <c r="A25" s="91" t="s">
+      <c r="B24" s="137"/>
+      <c r="C24" s="137"/>
+      <c r="D24" s="137"/>
+      <c r="E24" s="137"/>
+      <c r="F24" s="137"/>
+      <c r="G24" s="138"/>
+      <c r="H24" s="78"/>
+      <c r="I24" s="78"/>
+      <c r="J24" s="78"/>
+      <c r="K24" s="78"/>
+    </row>
+    <row r="25" spans="1:56" s="79" customFormat="1" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="80" t="s">
         <v>57</v>
       </c>
-      <c r="B25" s="92"/>
-[...10 lines deleted...]
-    <row r="26" spans="1:56" s="17" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="81"/>
+      <c r="C25" s="81"/>
+      <c r="D25" s="81"/>
+      <c r="E25" s="82"/>
+      <c r="F25" s="82"/>
+      <c r="G25" s="92"/>
+      <c r="H25" s="78"/>
+      <c r="I25" s="78"/>
+      <c r="J25" s="78"/>
+      <c r="K25" s="78"/>
+    </row>
+    <row r="26" spans="1:56" s="17" customFormat="1" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A26" s="97" t="s">
         <v>22</v>
       </c>
-      <c r="B26" s="97" t="s">
+      <c r="B26" s="86" t="s">
         <v>23</v>
       </c>
-      <c r="C26" s="97" t="s">
+      <c r="C26" s="86" t="s">
         <v>0</v>
       </c>
-      <c r="D26" s="98" t="s">
+      <c r="D26" s="87" t="s">
         <v>1</v>
       </c>
-      <c r="E26" s="99" t="s">
+      <c r="E26" s="88" t="s">
         <v>2</v>
       </c>
-      <c r="F26" s="100" t="s">
+      <c r="F26" s="89" t="s">
         <v>3</v>
       </c>
-      <c r="G26" s="106" t="s">
+      <c r="G26" s="101" t="s">
         <v>4</v>
       </c>
       <c r="H26" s="45"/>
       <c r="I26" s="45"/>
       <c r="J26" s="45"/>
       <c r="K26" s="45"/>
       <c r="L26" s="16"/>
       <c r="M26" s="16"/>
       <c r="N26" s="16"/>
       <c r="O26" s="16"/>
       <c r="P26" s="16"/>
       <c r="Q26" s="16"/>
       <c r="R26" s="16"/>
       <c r="S26" s="16"/>
       <c r="T26" s="16"/>
       <c r="U26" s="16"/>
       <c r="V26" s="16"/>
       <c r="W26" s="16"/>
       <c r="X26" s="16"/>
       <c r="Y26" s="16"/>
       <c r="Z26" s="16"/>
       <c r="AA26" s="16"/>
       <c r="AB26" s="16"/>
       <c r="AC26" s="16"/>
       <c r="AD26" s="16"/>
@@ -2814,285 +2954,341 @@
       <c r="AG26" s="16"/>
       <c r="AH26" s="16"/>
       <c r="AI26" s="16"/>
       <c r="AJ26" s="16"/>
       <c r="AK26" s="16"/>
       <c r="AL26" s="16"/>
       <c r="AM26" s="16"/>
       <c r="AN26" s="16"/>
       <c r="AO26" s="16"/>
       <c r="AP26" s="16"/>
       <c r="AQ26" s="16"/>
       <c r="AR26" s="16"/>
       <c r="AS26" s="16"/>
       <c r="AT26" s="16"/>
       <c r="AU26" s="16"/>
       <c r="AV26" s="16"/>
       <c r="AW26" s="16"/>
       <c r="AX26" s="16"/>
       <c r="AY26" s="16"/>
       <c r="AZ26" s="16"/>
       <c r="BA26" s="16"/>
       <c r="BB26" s="16"/>
       <c r="BC26" s="16"/>
       <c r="BD26" s="16"/>
     </row>
-    <row r="27" spans="1:56" ht="9.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A27" s="46" t="s">
+    <row r="27" spans="1:56" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="98" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="47" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="48" t="s">
         <v>5</v>
       </c>
-      <c r="D27" s="81" t="s">
+      <c r="D27" s="74" t="s">
         <v>40</v>
       </c>
-      <c r="E27" s="84" t="s">
+      <c r="E27" s="75" t="s">
         <v>10</v>
       </c>
-      <c r="F27" s="101" t="s">
+      <c r="F27" s="90" t="s">
         <v>13</v>
       </c>
-      <c r="G27" s="107" t="s">
+      <c r="G27" s="102" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="49"/>
       <c r="I27" s="49"/>
       <c r="J27" s="49"/>
       <c r="K27" s="50"/>
     </row>
-    <row r="28" spans="1:56" ht="9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A28" s="46" t="s">
+    <row r="28" spans="1:56" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="98" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="47" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="47" t="s">
         <v>6</v>
       </c>
       <c r="D28" s="46" t="s">
         <v>8</v>
       </c>
-      <c r="E28" s="85" t="s">
+      <c r="E28" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="F28" s="102" t="s">
+      <c r="F28" s="91" t="s">
         <v>14</v>
       </c>
-      <c r="G28" s="108" t="s">
+      <c r="G28" s="103" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="49"/>
       <c r="I28" s="49"/>
       <c r="J28" s="49"/>
       <c r="K28" s="50"/>
     </row>
-    <row r="29" spans="1:56" ht="9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A29" s="46" t="s">
+    <row r="29" spans="1:56" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="98" t="s">
         <v>25</v>
       </c>
       <c r="B29" s="47"/>
       <c r="C29" s="47" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="46" t="s">
         <v>9</v>
       </c>
-      <c r="E29" s="85" t="s">
+      <c r="E29" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="F29" s="102"/>
-      <c r="G29" s="108"/>
+      <c r="F29" s="91"/>
+      <c r="G29" s="103"/>
       <c r="H29" s="49"/>
       <c r="I29" s="49"/>
       <c r="J29" s="49"/>
       <c r="K29" s="50"/>
     </row>
-    <row r="30" spans="1:56" s="54" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A30" s="51" t="s">
+    <row r="30" spans="1:56" s="53" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="99" t="s">
         <v>17</v>
       </c>
-      <c r="B30" s="78"/>
-[...11 lines deleted...]
-      <c r="A31" s="51" t="s">
+      <c r="B30" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="C30" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="D30" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="E30" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="F30" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="G30" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="H30" s="51"/>
+      <c r="I30" s="51"/>
+      <c r="J30" s="51"/>
+      <c r="K30" s="52"/>
+    </row>
+    <row r="31" spans="1:56" s="53" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="99" t="s">
         <v>18</v>
       </c>
-      <c r="B31" s="79"/>
-[...14 lines deleted...]
-      <c r="A32" s="51" t="s">
+      <c r="B31" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="C31" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="D31" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="E31" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="F31" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="G31" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="H31" s="51"/>
+      <c r="I31" s="51"/>
+      <c r="J31" s="51"/>
+      <c r="K31" s="52"/>
+    </row>
+    <row r="32" spans="1:56" s="53" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="99" t="s">
         <v>21</v>
       </c>
-      <c r="B32" s="78"/>
-[...62 lines deleted...]
-      <c r="A36" s="115" t="s">
+      <c r="B32" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="C32" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="D32" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="E32" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="F32" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="G32" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="H32" s="51"/>
+      <c r="I32" s="51"/>
+      <c r="J32" s="51"/>
+      <c r="K32" s="52"/>
+    </row>
+    <row r="33" spans="1:56" s="53" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="100"/>
+      <c r="B33" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="C33" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="D33" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="E33" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="F33" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="G33" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="H33" s="51"/>
+      <c r="I33" s="51"/>
+      <c r="J33" s="51"/>
+      <c r="K33" s="52"/>
+    </row>
+    <row r="34" spans="1:56" s="53" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="C34" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="D34" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="E34" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="F34" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="G34" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="H34" s="51"/>
+      <c r="I34" s="51"/>
+      <c r="J34" s="51"/>
+      <c r="K34" s="52"/>
+    </row>
+    <row r="35" spans="1:56" s="53" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="99"/>
+      <c r="B35" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="C35" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="D35" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="E35" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="F35" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="G35" s="77">
+        <v>4040544</v>
+      </c>
+      <c r="H35" s="51"/>
+      <c r="I35" s="51"/>
+      <c r="J35" s="51"/>
+      <c r="K35" s="52"/>
+    </row>
+    <row r="36" spans="1:56" s="85" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="93" t="s">
         <v>27</v>
       </c>
-      <c r="B36" s="116"/>
-[...55 lines deleted...]
-    <row r="37" spans="1:56" s="2" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="94"/>
+      <c r="C36" s="94"/>
+      <c r="D36" s="94"/>
+      <c r="E36" s="95"/>
+      <c r="F36" s="95"/>
+      <c r="G36" s="96"/>
+      <c r="H36" s="83"/>
+      <c r="I36" s="83"/>
+      <c r="J36" s="83"/>
+      <c r="K36" s="83"/>
+      <c r="L36" s="84"/>
+      <c r="M36" s="84"/>
+      <c r="N36" s="84"/>
+      <c r="O36" s="84"/>
+      <c r="P36" s="84"/>
+      <c r="Q36" s="84"/>
+      <c r="R36" s="84"/>
+      <c r="S36" s="84"/>
+      <c r="T36" s="84"/>
+      <c r="U36" s="84"/>
+      <c r="V36" s="84"/>
+      <c r="W36" s="84"/>
+      <c r="X36" s="84"/>
+      <c r="Y36" s="84"/>
+      <c r="Z36" s="84"/>
+      <c r="AA36" s="84"/>
+      <c r="AB36" s="84"/>
+      <c r="AC36" s="84"/>
+      <c r="AD36" s="84"/>
+      <c r="AE36" s="84"/>
+      <c r="AF36" s="84"/>
+      <c r="AG36" s="84"/>
+      <c r="AH36" s="84"/>
+      <c r="AI36" s="84"/>
+      <c r="AJ36" s="84"/>
+      <c r="AK36" s="84"/>
+      <c r="AL36" s="84"/>
+      <c r="AM36" s="84"/>
+      <c r="AN36" s="84"/>
+      <c r="AO36" s="84"/>
+      <c r="AP36" s="84"/>
+      <c r="AQ36" s="84"/>
+      <c r="AR36" s="84"/>
+      <c r="AS36" s="84"/>
+      <c r="AT36" s="84"/>
+      <c r="AU36" s="84"/>
+      <c r="AV36" s="84"/>
+      <c r="AW36" s="84"/>
+      <c r="AX36" s="84"/>
+      <c r="AY36" s="84"/>
+      <c r="AZ36" s="84"/>
+      <c r="BA36" s="84"/>
+      <c r="BB36" s="84"/>
+      <c r="BC36" s="84"/>
+      <c r="BD36" s="84"/>
+    </row>
+    <row r="37" spans="1:56" s="2" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="49"/>
       <c r="I37" s="49"/>
       <c r="J37" s="49"/>
       <c r="K37" s="50"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
       <c r="X37" s="1"/>
       <c r="Y37" s="1"/>
       <c r="Z37" s="1"/>
       <c r="AA37" s="1"/>
       <c r="AB37" s="1"/>
       <c r="AC37" s="1"/>
@@ -3102,203 +3298,486 @@
       <c r="AG37" s="1"/>
       <c r="AH37" s="1"/>
       <c r="AI37" s="1"/>
       <c r="AJ37" s="1"/>
       <c r="AK37" s="1"/>
       <c r="AL37" s="1"/>
       <c r="AM37" s="1"/>
       <c r="AN37" s="1"/>
       <c r="AO37" s="1"/>
       <c r="AP37" s="1"/>
       <c r="AQ37" s="1"/>
       <c r="AR37" s="1"/>
       <c r="AS37" s="1"/>
       <c r="AT37" s="1"/>
       <c r="AU37" s="1"/>
       <c r="AV37" s="1"/>
       <c r="AW37" s="1"/>
       <c r="AX37" s="1"/>
       <c r="AY37" s="1"/>
       <c r="AZ37" s="1"/>
       <c r="BA37" s="1"/>
       <c r="BB37" s="1"/>
       <c r="BC37" s="1"/>
       <c r="BD37" s="1"/>
     </row>
-    <row r="38" spans="1:56" s="58" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A38" s="68" t="s">
+    <row r="38" spans="1:56" s="55" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="65" t="s">
         <v>46</v>
       </c>
-      <c r="B38" s="57"/>
-[...7 lines deleted...]
-      <c r="A39" s="136" t="s">
+      <c r="B38" s="54"/>
+      <c r="C38" s="67"/>
+      <c r="D38" s="67"/>
+      <c r="E38" s="67"/>
+      <c r="F38" s="54"/>
+      <c r="G38" s="54"/>
+    </row>
+    <row r="39" spans="1:56" s="53" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="142" t="s">
         <v>61</v>
       </c>
-      <c r="B39" s="136"/>
-[...16 lines deleted...]
-      <c r="H40" s="62"/>
+      <c r="B39" s="142"/>
+      <c r="C39" s="142"/>
+      <c r="D39" s="142"/>
+      <c r="E39" s="142"/>
+      <c r="F39" s="142"/>
+      <c r="G39" s="142"/>
+      <c r="H39" s="57"/>
+      <c r="I39" s="57"/>
+    </row>
+    <row r="40" spans="1:56" s="53" customFormat="1" ht="11.5" x14ac:dyDescent="0.25">
+      <c r="A40" s="58"/>
+      <c r="B40" s="58"/>
+      <c r="C40" s="58"/>
+      <c r="D40" s="54"/>
+      <c r="E40" s="54"/>
+      <c r="F40" s="56"/>
+      <c r="G40" s="56"/>
+      <c r="H40" s="59"/>
       <c r="I40" s="9"/>
       <c r="J40" s="9"/>
       <c r="K40" s="9"/>
     </row>
-    <row r="41" spans="1:56" s="54" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="B41" s="61" t="s">
+    <row r="41" spans="1:56" s="53" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="58"/>
+      <c r="B41" s="58" t="s">
         <v>47</v>
       </c>
-      <c r="C41" s="61"/>
-      <c r="D41" s="63" t="s">
+      <c r="C41" s="58"/>
+      <c r="D41" s="60" t="s">
         <v>49</v>
       </c>
-      <c r="E41" s="61"/>
-[...5 lines deleted...]
-      <c r="B42" s="57" t="s">
+      <c r="E41" s="58"/>
+      <c r="F41" s="60"/>
+      <c r="G41" s="60"/>
+    </row>
+    <row r="42" spans="1:56" s="53" customFormat="1" ht="11.5" x14ac:dyDescent="0.25">
+      <c r="A42" s="58"/>
+      <c r="B42" s="54" t="s">
         <v>48</v>
       </c>
-      <c r="C42" s="61"/>
-      <c r="D42" s="112" t="s">
+      <c r="C42" s="58"/>
+      <c r="D42" s="129" t="s">
         <v>52</v>
       </c>
-      <c r="E42" s="112"/>
-[...11 lines deleted...]
-      <c r="G43" s="69"/>
+      <c r="E42" s="129"/>
+      <c r="F42" s="60"/>
+      <c r="G42" s="58"/>
+      <c r="J42" s="55"/>
+    </row>
+    <row r="43" spans="1:56" s="53" customFormat="1" ht="11.5" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="58"/>
+      <c r="B43" s="58"/>
+      <c r="C43" s="58"/>
+      <c r="D43" s="58"/>
+      <c r="E43" s="60"/>
+      <c r="F43" s="60"/>
+      <c r="G43" s="66"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
-  <mergeCells count="39">
-    <mergeCell ref="A11:B11"/>
+  <mergeCells count="38">
     <mergeCell ref="F21:G21"/>
-    <mergeCell ref="A3:G3"/>
-[...3 lines deleted...]
-    <mergeCell ref="A8:G8"/>
+    <mergeCell ref="D42:E42"/>
+    <mergeCell ref="A5:F5"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="B14:C14"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="A24:G24"/>
+    <mergeCell ref="A17:G17"/>
+    <mergeCell ref="A39:G39"/>
+    <mergeCell ref="A9:G9"/>
+    <mergeCell ref="A10:G10"/>
     <mergeCell ref="H14:I14"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="D21:E21"/>
     <mergeCell ref="D22:E22"/>
     <mergeCell ref="D23:E23"/>
     <mergeCell ref="F20:G20"/>
     <mergeCell ref="B15:G15"/>
     <mergeCell ref="B16:G16"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="F19:G19"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="A18:C18"/>
     <mergeCell ref="D18:G18"/>
-    <mergeCell ref="D42:E42"/>
-[...14 lines deleted...]
-    <mergeCell ref="A10:G10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="A3:G3"/>
+    <mergeCell ref="A4:G4"/>
+    <mergeCell ref="A6:G6"/>
+    <mergeCell ref="A7:G7"/>
+    <mergeCell ref="A8:G8"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
-  <conditionalFormatting sqref="H22:K37 E30:E35 G30:G35">
+  <conditionalFormatting sqref="H22:K37 B30:G35">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="A4:G4" r:id="rId2" tooltip="Georgia Department of Revenue website" display="http://www.dor.ga.gov" xr:uid="{2F8EB90D-6599-4227-9286-7855EBE26C89}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.21" right="0.17" top="0.48" bottom="0.2" header="0.64" footer="0.2"/>
-  <pageSetup scale="83" orientation="landscape" r:id="rId2"/>
+  <pageSetup scale="83" orientation="landscape" r:id="rId3"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId3"/>
+  <drawing r:id="rId4"/>
+  <tableParts count="1">
+    <tablePart r:id="rId5"/>
+  </tableParts>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" xsi:nil="true"/>
+    <Hascontentbeenuploaded xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">true</Hascontentbeenuploaded>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FF6005E5D74DD940B6EBE89D865EFB84" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5cd84b22c6f42336f422ad03ad6aba57">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a51d9f3-36e9-480f-ad55-5f29a773c374" xmlns:ns3="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="377aa82bfbbf21f697d386ba54679fa1" ns2:_="" ns3:_="">
+    <xsd:import namespace="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <xsd:import namespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:Hascontentbeenuploaded" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a51d9f3-36e9-480f-ad55-5f29a773c374" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0d1b9b15-6ca2-435f-87bd-c880ab911653" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Hascontentbeenuploaded" ma:index="20" nillable="true" ma:displayName="Has content been uploaded" ma:default="1" ma:format="Dropdown" ma:internalName="Hascontentbeenuploaded">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b650d3c7-c21a-45fa-9c6a-89edbfed0a2e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5678a980-3ba3-4bd5-a7b3-4f54691c6b59">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9900A8E2-A3FF-4E8D-936E-BF3F55358B3B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D940C65-EE13-4E66-904A-BD537BF28F24}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4454C03D-EA6B-481C-B6A4-248D36D773D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>PT-38</vt:lpstr>
       <vt:lpstr>'PT-38'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Georgia Dept of Revnue</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PT-38 City and Independent School Millage Rate Certification</dc:title>
-  <dc:creator>Revenue Employee</dc:creator>
+  <dc:creator>Georgia Department of Revenue</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100FF6005E5D74DD940B6EBE89D865EFB84</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>