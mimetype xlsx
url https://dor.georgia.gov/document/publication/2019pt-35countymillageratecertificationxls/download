--- v0 (2025-10-08)
+++ v1 (2026-01-07)
@@ -1,312 +1,250 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Unencrypted\Digest Submission\Digest Forms\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gets.sharepoint.com/sites/DOR-ADAWebsiteComplianceProject-TeamSite/Shared Documents/General/Tracking - Division Remediation/Div LGS-All/2025.09.18 LGS County Portal xlsx TBR Remediated/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A5CAF3C4-3691-482F-B3BE-FEEE8D2E94D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="3" documentId="13_ncr:1_{854D8D84-4596-4036-B750-0578AD3CF81A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{52661DF6-0D2A-4390-9BD0-EEB770264CAB}"/>
   <bookViews>
-    <workbookView xWindow="-96" yWindow="-96" windowWidth="23232" windowHeight="13872" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1060" yWindow="1060" windowWidth="16920" windowHeight="10450" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
+    <sheet name="PT-35" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$K$43</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'PT-35'!$A$1:$K$40</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I27" i="1" l="1"/>
-  <c r="K27" i="1"/>
+  <c r="I24" i="1" l="1"/>
+  <c r="K24" i="1" s="1"/>
+  <c r="I25" i="1"/>
+  <c r="K25" i="1" s="1"/>
+  <c r="I34" i="1"/>
+  <c r="K34" i="1" s="1"/>
+  <c r="I31" i="1"/>
+  <c r="K31" i="1" s="1"/>
+  <c r="I32" i="1"/>
+  <c r="K32" i="1" s="1"/>
+  <c r="I33" i="1"/>
+  <c r="K33" i="1" s="1"/>
+  <c r="I27" i="1"/>
+  <c r="K27" i="1" s="1"/>
   <c r="I28" i="1"/>
-  <c r="K28" i="1"/>
-[...11 lines deleted...]
-  <c r="K31" i="1"/>
+  <c r="K28" i="1" s="1"/>
+  <c r="I18" i="1"/>
+  <c r="K18" i="1" s="1"/>
+  <c r="I19" i="1"/>
+  <c r="K19" i="1" s="1"/>
+  <c r="I20" i="1"/>
+  <c r="K20" i="1" s="1"/>
   <c r="I21" i="1"/>
-  <c r="K21" i="1"/>
+  <c r="K21" i="1" s="1"/>
   <c r="I22" i="1"/>
-  <c r="K22" i="1"/>
+  <c r="K22" i="1" s="1"/>
   <c r="I23" i="1"/>
-  <c r="K23" i="1"/>
-[...3 lines deleted...]
-  <c r="K25" i="1"/>
+  <c r="K23" i="1" s="1"/>
   <c r="I26" i="1"/>
-  <c r="K26" i="1"/>
-[...7 lines deleted...]
-  <c r="K14" i="1"/>
+  <c r="K26" i="1" s="1"/>
+  <c r="I13" i="1"/>
+  <c r="K13" i="1" s="1"/>
+  <c r="I15" i="1"/>
+  <c r="K15" i="1" s="1"/>
+  <c r="I11" i="1"/>
+  <c r="K11" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="37">
   <si>
     <t>COLUMN 1</t>
   </si>
   <si>
     <t>COLUMN 2</t>
   </si>
   <si>
     <t>COLUMN 3</t>
   </si>
   <si>
     <t>COLUMN 4</t>
   </si>
   <si>
     <t>COLUMN 5</t>
   </si>
   <si>
     <t>COLUMN 6</t>
   </si>
   <si>
     <t>COLUMN 7</t>
   </si>
   <si>
     <t>COLUMN 8</t>
   </si>
   <si>
     <t>COLUMN 9</t>
   </si>
   <si>
     <t>COLUMN 10</t>
   </si>
   <si>
-    <t>District</t>
-[...4 lines deleted...]
-  <si>
     <t>Incorporated</t>
   </si>
   <si>
-    <t>Rollback</t>
-[...13 lines deleted...]
-  <si>
     <t>Unincorporated</t>
   </si>
   <si>
-    <t>Area</t>
-[...67 lines deleted...]
-  <si>
     <t>Please provide a copy of this form to your county's Clerk of Superior Court.</t>
   </si>
   <si>
     <t>School</t>
   </si>
   <si>
-    <t>Date                                                Chairman, Board of County Commissioners</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">                                                                                     </t>
   </si>
   <si>
     <t xml:space="preserve">                                       ______________________________________________</t>
   </si>
   <si>
     <t xml:space="preserve">      ____________________</t>
   </si>
   <si>
     <t>http://www.dor.ga.gov</t>
   </si>
   <si>
     <t>CID/BID:</t>
   </si>
   <si>
     <t>Submit  original signed copy with digest submission</t>
   </si>
   <si>
     <t>COUNTY: _____________________________________________________________</t>
   </si>
   <si>
-    <t>O.C.G.A § 48-8-91</t>
-[...4 lines deleted...]
-  <si>
     <t>List Special Service Districts:</t>
   </si>
   <si>
     <t>COUNTY MILLAGE RATE CERTIFICATION FOR TAX YEAR 2025</t>
   </si>
   <si>
     <t>I hereby certify that the rates listed above are the official rates for the Districts indicated for Tax Year 2025</t>
   </si>
   <si>
     <t>PT-35 (Rev 03/25)</t>
+  </si>
+  <si>
+    <t>Date                                                                     Chairman, Board of County Commissioners</t>
+  </si>
+  <si>
+    <t>Column3</t>
+  </si>
+  <si>
+    <t>District Number Must be Shown</t>
+  </si>
+  <si>
+    <t>District Name (Inc, Uninc, School,Special Districts, Etc.)</t>
+  </si>
+  <si>
+    <t>Mark X if District Falls In Unincorporated Area</t>
+  </si>
+  <si>
+    <t>Mark X if District Falls In Incorporated Area</t>
+  </si>
+  <si>
+    <t>Sales Tax Rollback O.C.G.A § 48-8-91</t>
+  </si>
+  <si>
+    <t>Insurance Premium Rollback O.C.G.A § 33-8-8.3</t>
+  </si>
+  <si>
+    <t>Total Millage Rate Column 8 plus Column 9</t>
+  </si>
+  <si>
+    <t>Enter Bond Millage Rate</t>
+  </si>
+  <si>
+    <t>Net M&amp;O Millage Rate Column 4 less Columns 5,6, &amp; 7</t>
+  </si>
+  <si>
+    <t>Enter Gross Millage Rate Before Rollbacks</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.000"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -328,99 +266,84 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="6.5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...13 lines deleted...]
-    </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="28">
+  <borders count="27">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -518,246 +441,215 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...24 lines deleted...]
-      </right>
       <top/>
       <bottom/>
-      <diagonal/>
-[...59 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...8 lines deleted...]
-      </bottom>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="medium">
-[...1 lines deleted...]
-      </right>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="medium">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="88">
+  <cellXfs count="86">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -805,273 +697,757 @@
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...34 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="5" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="4" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="164" fontId="9" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="5" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="4" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="5" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="1">
+  <dxfs count="15">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color auto="1"/>
       </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-0.14999847407452621"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-0.14999847407452621"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-0.14999847407452621"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-0.14999847407452621"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.000"/>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0" tint="-0.14999847407452621"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="6.5"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor indexed="9"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>123825</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1076" name="Picture 1">
+        <xdr:cNvPr id="1076" name="Picture 1" descr="State of Georgia seal logo.">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A0575A4-E464-47F6-8871-A6304354B808}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:lum bright="12000" contrast="48000"/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
@@ -1088,50 +1464,82 @@
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{93FE6C27-EE6D-4FE3-8196-3A8928BD7B7B}" name="Table2" displayName="Table2" ref="A10:K35" totalsRowShown="0" headerRowDxfId="14" dataDxfId="13" tableBorderDxfId="12">
+  <autoFilter ref="A10:K35" xr:uid="{93FE6C27-EE6D-4FE3-8196-3A8928BD7B7B}">
+    <filterColumn colId="0" hiddenButton="1"/>
+    <filterColumn colId="1" hiddenButton="1"/>
+    <filterColumn colId="2" hiddenButton="1"/>
+    <filterColumn colId="3" hiddenButton="1"/>
+    <filterColumn colId="4" hiddenButton="1"/>
+    <filterColumn colId="5" hiddenButton="1"/>
+    <filterColumn colId="6" hiddenButton="1"/>
+    <filterColumn colId="7" hiddenButton="1"/>
+    <filterColumn colId="8" hiddenButton="1"/>
+    <filterColumn colId="9" hiddenButton="1"/>
+    <filterColumn colId="10" hiddenButton="1"/>
+  </autoFilter>
+  <tableColumns count="11">
+    <tableColumn id="1" xr3:uid="{15AAD45C-C57A-4242-BB57-B9B875FBF37A}" name="District Number Must be Shown" dataDxfId="11"/>
+    <tableColumn id="2" xr3:uid="{6BEEF961-D62D-457F-948B-1FDBC620A6E5}" name="District Name (Inc, Uninc, School,Special Districts, Etc.)" dataDxfId="10"/>
+    <tableColumn id="3" xr3:uid="{A5FED337-5055-48F2-96EB-94ABB8669000}" name="Mark X if District Falls In Unincorporated Area" dataDxfId="9"/>
+    <tableColumn id="4" xr3:uid="{7E9EE932-F5CC-4BB4-BD00-393299253C75}" name="Mark X if District Falls In Incorporated Area" dataDxfId="8"/>
+    <tableColumn id="5" xr3:uid="{9D07D1B7-9891-4753-B6ED-37A022B629ED}" name="Enter Gross Millage Rate Before Rollbacks" dataDxfId="7"/>
+    <tableColumn id="6" xr3:uid="{AC4B900B-7A18-4782-8C3A-16801F9B0CF3}" name="Sales Tax Rollback O.C.G.A § 48-8-91" dataDxfId="6"/>
+    <tableColumn id="7" xr3:uid="{F6ECC9D3-0C0B-4AF8-A890-C9F8F4B419A3}" name="Insurance Premium Rollback O.C.G.A § 33-8-8.3" dataDxfId="5"/>
+    <tableColumn id="8" xr3:uid="{2B4DD6DF-78D8-4557-A487-5E6DDC453248}" name="Column3" dataDxfId="4"/>
+    <tableColumn id="9" xr3:uid="{D16FF072-E4F9-4E75-ACEA-2E31E5C57907}" name="Net M&amp;O Millage Rate Column 4 less Columns 5,6, &amp; 7" dataDxfId="3"/>
+    <tableColumn id="10" xr3:uid="{F8CF7150-70A4-4376-9B01-FE8756938E37}" name="Enter Bond Millage Rate" dataDxfId="2"/>
+    <tableColumn id="11" xr3:uid="{B43D85CE-028C-4B6B-933A-75FE0EA1A30F}" name="Total Millage Rate Column 8 plus Column 9" dataDxfId="1"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1376,993 +1784,1160 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dor.ga.gov/" TargetMode="External"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dor.ga.gov/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dor.ga.gov/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K43"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="93" workbookViewId="0">
-      <selection sqref="A1:B1"/>
+    <sheetView tabSelected="1" topLeftCell="A3" zoomScale="93" workbookViewId="0">
+      <selection activeCell="D11" sqref="D11:F15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.9" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="13" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.109375" style="12" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="16384" width="9.109375" style="12"/>
+    <col min="1" max="1" width="11.1796875" style="12" customWidth="1"/>
+    <col min="2" max="2" width="27.453125" style="12" customWidth="1"/>
+    <col min="3" max="3" width="12.453125" style="12" customWidth="1"/>
+    <col min="4" max="4" width="12.1796875" style="12" customWidth="1"/>
+    <col min="5" max="5" width="13.1796875" style="39" customWidth="1"/>
+    <col min="6" max="6" width="12.54296875" style="39" customWidth="1"/>
+    <col min="7" max="7" width="13.453125" style="39" customWidth="1"/>
+    <col min="8" max="8" width="11.453125" style="12" customWidth="1"/>
+    <col min="9" max="9" width="12.453125" style="12" customWidth="1"/>
+    <col min="10" max="10" width="10.453125" style="12" customWidth="1"/>
+    <col min="11" max="11" width="11.453125" style="12" customWidth="1"/>
+    <col min="12" max="16384" width="9.1796875" style="12" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B1" s="76"/>
+    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A1" s="79" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1" s="80"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
       <c r="J1" s="9"/>
       <c r="K1" s="11"/>
     </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A2" s="13"/>
       <c r="B2" s="14"/>
       <c r="C2" s="14"/>
       <c r="D2" s="14"/>
       <c r="E2" s="14"/>
       <c r="F2" s="14"/>
       <c r="G2" s="14"/>
       <c r="H2" s="14"/>
       <c r="I2" s="14"/>
       <c r="J2" s="14"/>
       <c r="K2" s="15"/>
     </row>
-    <row r="3" spans="1:11" ht="15.6" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:11" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A3" s="16"/>
       <c r="B3" s="17"/>
       <c r="C3" s="18"/>
       <c r="D3" s="19"/>
       <c r="E3" s="20" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="F3" s="20"/>
       <c r="G3" s="21"/>
       <c r="H3" s="22"/>
       <c r="I3" s="23"/>
       <c r="J3" s="23"/>
       <c r="K3" s="15"/>
     </row>
-    <row r="4" spans="1:11" ht="15.6" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:11" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A4" s="13"/>
       <c r="B4" s="17"/>
-      <c r="C4" s="73" t="s">
-[...5 lines deleted...]
-      <c r="G4" s="73"/>
+      <c r="D4" s="53"/>
+      <c r="E4" s="53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="53"/>
+      <c r="G4" s="53"/>
       <c r="H4" s="26"/>
       <c r="I4" s="24"/>
       <c r="J4" s="23"/>
       <c r="K4" s="15"/>
     </row>
-    <row r="5" spans="1:11" ht="15.6" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:11" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A5" s="16"/>
       <c r="B5" s="17"/>
-      <c r="C5" s="74" t="s">
-[...5 lines deleted...]
-      <c r="G5" s="74"/>
+      <c r="E5" s="55" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="56"/>
+      <c r="G5" s="56"/>
       <c r="H5" s="27"/>
       <c r="I5" s="23"/>
       <c r="J5" s="23"/>
       <c r="K5" s="15"/>
     </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A6" s="28"/>
       <c r="B6" s="22"/>
       <c r="C6" s="22"/>
       <c r="D6" s="22"/>
       <c r="E6" s="29"/>
       <c r="F6" s="30"/>
       <c r="G6" s="30"/>
       <c r="H6" s="22"/>
       <c r="I6" s="22"/>
       <c r="J6" s="22"/>
       <c r="K6" s="15"/>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A7" s="13"/>
       <c r="C7" s="27" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="D7" s="27"/>
       <c r="E7" s="27"/>
       <c r="F7" s="27"/>
       <c r="G7" s="27"/>
       <c r="H7" s="27"/>
       <c r="I7" s="25"/>
       <c r="J7" s="25"/>
       <c r="K7" s="15"/>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.4">
-[...14 lines deleted...]
-    <row r="9" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B8" s="58"/>
+      <c r="C8" s="58"/>
+      <c r="D8" s="60" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" s="58"/>
+      <c r="F8" s="58"/>
+      <c r="G8" s="58"/>
+      <c r="H8" s="58"/>
+      <c r="I8" s="58"/>
+      <c r="J8" s="58"/>
+      <c r="K8" s="59"/>
+    </row>
+    <row r="9" spans="1:11" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C9" s="80" t="s">
+      <c r="C9" s="81" t="s">
         <v>2</v>
       </c>
-      <c r="D9" s="81"/>
+      <c r="D9" s="82"/>
       <c r="E9" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K9" s="8" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="10" spans="1:11" ht="9.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A10" s="31" t="s">
+    <row r="10" spans="1:11" s="78" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="73" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="74" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="74" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" s="74" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="F10" s="75" t="s">
+        <v>31</v>
+      </c>
+      <c r="G10" s="75" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10" s="76" t="s">
+        <v>26</v>
+      </c>
+      <c r="I10" s="74" t="s">
+        <v>35</v>
+      </c>
+      <c r="J10" s="74" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" s="77" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="61"/>
+      <c r="B11" s="49" t="s">
         <v>10</v>
       </c>
-      <c r="B10" s="32" t="s">
+      <c r="C11" s="4"/>
+      <c r="D11" s="5">
+        <v>56433</v>
+      </c>
+      <c r="E11" s="5">
+        <v>56433</v>
+      </c>
+      <c r="F11" s="5">
+        <v>56433</v>
+      </c>
+      <c r="G11" s="44"/>
+      <c r="H11" s="44"/>
+      <c r="I11" s="43">
+        <f>E11-F11-G11</f>
+        <v>0</v>
+      </c>
+      <c r="J11" s="43">
+        <v>0</v>
+      </c>
+      <c r="K11" s="66">
+        <f>I11+J11</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="62"/>
+      <c r="B12" s="40"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="5">
+        <v>56434</v>
+      </c>
+      <c r="E12" s="5">
+        <v>56434</v>
+      </c>
+      <c r="F12" s="5">
+        <v>56434</v>
+      </c>
+      <c r="G12" s="45"/>
+      <c r="H12" s="46"/>
+      <c r="I12" s="43"/>
+      <c r="J12" s="45"/>
+      <c r="K12" s="66"/>
+    </row>
+    <row r="13" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="62"/>
+      <c r="B13" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" s="6"/>
+      <c r="D13" s="5">
+        <v>56435</v>
+      </c>
+      <c r="E13" s="5">
+        <v>56435</v>
+      </c>
+      <c r="F13" s="5">
+        <v>56435</v>
+      </c>
+      <c r="G13" s="45"/>
+      <c r="H13" s="46"/>
+      <c r="I13" s="43">
+        <f t="shared" ref="I13:I34" si="0">E13-F13-G13</f>
+        <v>0</v>
+      </c>
+      <c r="J13" s="45">
+        <v>0</v>
+      </c>
+      <c r="K13" s="66">
+        <f t="shared" ref="K13:K34" si="1">I13+J13</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="62"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="5">
+        <v>56436</v>
+      </c>
+      <c r="E14" s="5">
+        <v>56436</v>
+      </c>
+      <c r="F14" s="5">
+        <v>56436</v>
+      </c>
+      <c r="G14" s="45"/>
+      <c r="H14" s="46"/>
+      <c r="I14" s="43"/>
+      <c r="J14" s="45"/>
+      <c r="K14" s="66"/>
+    </row>
+    <row r="15" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="62"/>
+      <c r="B15" s="50" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" s="6"/>
+      <c r="D15" s="5">
+        <v>56437</v>
+      </c>
+      <c r="E15" s="5">
+        <v>56437</v>
+      </c>
+      <c r="F15" s="5">
+        <v>56437</v>
+      </c>
+      <c r="G15" s="46"/>
+      <c r="H15" s="46"/>
+      <c r="I15" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J15" s="45">
+        <v>0</v>
+      </c>
+      <c r="K15" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="63"/>
+      <c r="B16" s="31"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="6"/>
+      <c r="E16" s="45"/>
+      <c r="F16" s="45"/>
+      <c r="G16" s="45"/>
+      <c r="H16" s="46"/>
+      <c r="I16" s="43"/>
+      <c r="J16" s="45"/>
+      <c r="K16" s="66"/>
+    </row>
+    <row r="17" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="64"/>
+      <c r="B17" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="51"/>
+      <c r="D17" s="52"/>
+      <c r="E17" s="46"/>
+      <c r="F17" s="46"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="46"/>
+      <c r="I17" s="44"/>
+      <c r="J17" s="46"/>
+      <c r="K17" s="67"/>
+    </row>
+    <row r="18" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="62"/>
+      <c r="B18" s="31"/>
+      <c r="C18" s="31"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="45"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="45"/>
+      <c r="H18" s="46"/>
+      <c r="I18" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J18" s="45">
+        <v>0</v>
+      </c>
+      <c r="K18" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="62"/>
+      <c r="B19" s="31"/>
+      <c r="C19" s="31"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="45"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="45"/>
+      <c r="H19" s="46"/>
+      <c r="I19" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J19" s="45">
+        <v>0</v>
+      </c>
+      <c r="K19" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="62"/>
+      <c r="B20" s="31"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="6"/>
+      <c r="E20" s="45"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="45"/>
+      <c r="H20" s="46"/>
+      <c r="I20" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J20" s="45">
+        <v>0</v>
+      </c>
+      <c r="K20" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="62"/>
+      <c r="B21" s="31"/>
+      <c r="C21" s="31"/>
+      <c r="D21" s="6"/>
+      <c r="E21" s="45"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="45"/>
+      <c r="H21" s="46"/>
+      <c r="I21" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J21" s="45">
+        <v>0</v>
+      </c>
+      <c r="K21" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="62"/>
+      <c r="B22" s="6"/>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6"/>
+      <c r="E22" s="45"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="45"/>
+      <c r="H22" s="46"/>
+      <c r="I22" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="45">
+        <v>0</v>
+      </c>
+      <c r="K22" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="62"/>
+      <c r="B23" s="31"/>
+      <c r="C23" s="42"/>
+      <c r="D23" s="31"/>
+      <c r="E23" s="45"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="45"/>
+      <c r="H23" s="46"/>
+      <c r="I23" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J23" s="45">
+        <v>0</v>
+      </c>
+      <c r="K23" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="62"/>
+      <c r="B24" s="31"/>
+      <c r="C24" s="42"/>
+      <c r="D24" s="31"/>
+      <c r="E24" s="45"/>
+      <c r="F24" s="46"/>
+      <c r="G24" s="45"/>
+      <c r="H24" s="46"/>
+      <c r="I24" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J24" s="45">
+        <v>0</v>
+      </c>
+      <c r="K24" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="62"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="42"/>
+      <c r="D25" s="31"/>
+      <c r="E25" s="45"/>
+      <c r="F25" s="46"/>
+      <c r="G25" s="45"/>
+      <c r="H25" s="46"/>
+      <c r="I25" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J25" s="45">
+        <v>0</v>
+      </c>
+      <c r="K25" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="62"/>
+      <c r="B26" s="31"/>
+      <c r="C26" s="31"/>
+      <c r="D26" s="6"/>
+      <c r="E26" s="45"/>
+      <c r="F26" s="46"/>
+      <c r="G26" s="45"/>
+      <c r="H26" s="46"/>
+      <c r="I26" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J26" s="45">
+        <v>0</v>
+      </c>
+      <c r="K26" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="62"/>
+      <c r="B27" s="31"/>
+      <c r="C27" s="31"/>
+      <c r="D27" s="6"/>
+      <c r="E27" s="45"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="45"/>
+      <c r="H27" s="46"/>
+      <c r="I27" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J27" s="45">
+        <v>0</v>
+      </c>
+      <c r="K27" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="65"/>
+      <c r="B28" s="41"/>
+      <c r="C28" s="31"/>
+      <c r="D28" s="6"/>
+      <c r="E28" s="45"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="45"/>
+      <c r="H28" s="46"/>
+      <c r="I28" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J28" s="45">
+        <v>0</v>
+      </c>
+      <c r="K28" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="63"/>
+      <c r="B29" s="31"/>
+      <c r="C29" s="31"/>
+      <c r="D29" s="6"/>
+      <c r="E29" s="45"/>
+      <c r="F29" s="47"/>
+      <c r="G29" s="47"/>
+      <c r="H29" s="46"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="47"/>
+      <c r="K29" s="66"/>
+    </row>
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="64"/>
+      <c r="B30" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="C30" s="31"/>
+      <c r="D30" s="6"/>
+      <c r="E30" s="45"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="46"/>
+      <c r="I30" s="43"/>
+      <c r="J30" s="46"/>
+      <c r="K30" s="66"/>
+    </row>
+    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="62"/>
+      <c r="B31" s="31"/>
+      <c r="C31" s="31"/>
+      <c r="D31" s="6"/>
+      <c r="E31" s="45"/>
+      <c r="F31" s="46"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="46"/>
+      <c r="I31" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J31" s="46"/>
+      <c r="K31" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="62"/>
+      <c r="B32" s="31"/>
+      <c r="C32" s="31"/>
+      <c r="D32" s="6"/>
+      <c r="E32" s="45"/>
+      <c r="F32" s="46"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="46"/>
+      <c r="I32" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J32" s="46"/>
+      <c r="K32" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="62"/>
+      <c r="B33" s="31"/>
+      <c r="C33" s="31"/>
+      <c r="D33" s="6"/>
+      <c r="E33" s="45"/>
+      <c r="F33" s="46"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="46"/>
+      <c r="I33" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J33" s="46"/>
+      <c r="K33" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="62"/>
+      <c r="B34" s="31"/>
+      <c r="C34" s="31"/>
+      <c r="D34" s="6"/>
+      <c r="E34" s="45"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="46"/>
+      <c r="I34" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J34" s="46"/>
+      <c r="K34" s="66">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="68"/>
+      <c r="B35" s="40"/>
+      <c r="C35" s="40"/>
+      <c r="D35" s="69"/>
+      <c r="E35" s="70"/>
+      <c r="F35" s="70"/>
+      <c r="G35" s="70"/>
+      <c r="H35" s="71"/>
+      <c r="I35" s="70"/>
+      <c r="J35" s="70"/>
+      <c r="K35" s="72"/>
+    </row>
+    <row r="36" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="13"/>
+      <c r="B36" s="25"/>
+      <c r="C36" s="25"/>
+      <c r="D36" s="25"/>
+      <c r="E36" s="14"/>
+      <c r="F36" s="14"/>
+      <c r="G36" s="14"/>
+      <c r="H36" s="25"/>
+      <c r="I36" s="25"/>
+      <c r="J36" s="25"/>
+      <c r="K36" s="15"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="83" t="s">
+        <v>23</v>
+      </c>
+      <c r="B37" s="84"/>
+      <c r="C37" s="84"/>
+      <c r="D37" s="84"/>
+      <c r="E37" s="84"/>
+      <c r="F37" s="84"/>
+      <c r="G37" s="84"/>
+      <c r="H37" s="84"/>
+      <c r="I37" s="84"/>
+      <c r="J37" s="84"/>
+      <c r="K37" s="85"/>
+    </row>
+    <row r="38" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="32" t="s">
+        <v>14</v>
+      </c>
+      <c r="B38" s="33"/>
+      <c r="C38" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="D38" s="33"/>
+      <c r="E38" s="33"/>
+      <c r="F38" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" s="33"/>
+      <c r="H38" s="33"/>
+      <c r="I38" s="33"/>
+      <c r="J38" s="33"/>
+      <c r="K38" s="34"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="C39" s="57" t="s">
         <v>25</v>
       </c>
-      <c r="C10" s="32" t="s">
-[...668 lines deleted...]
-    </row>
+      <c r="F39" s="22"/>
+      <c r="G39" s="22"/>
+      <c r="H39" s="22"/>
+      <c r="I39" s="22"/>
+      <c r="J39" s="22"/>
+      <c r="K39" s="54"/>
+    </row>
+    <row r="40" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="35"/>
+      <c r="B40" s="36"/>
+      <c r="C40" s="36"/>
+      <c r="D40" s="36"/>
+      <c r="E40" s="37"/>
+      <c r="F40" s="37"/>
+      <c r="G40" s="37"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="36"/>
+      <c r="J40" s="36"/>
+      <c r="K40" s="38"/>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25"/>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25"/>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="8">
-[...1 lines deleted...]
-    <mergeCell ref="C5:G5"/>
+  <mergeCells count="3">
     <mergeCell ref="A1:B1"/>
-    <mergeCell ref="A42:K42"/>
     <mergeCell ref="C9:D9"/>
-    <mergeCell ref="A40:K40"/>
-[...1 lines deleted...]
-    <mergeCell ref="A8:K8"/>
+    <mergeCell ref="A37:K37"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
-  <conditionalFormatting sqref="H14:K38">
+  <conditionalFormatting sqref="H11:K35">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="C5" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="E5" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="E5:G5" r:id="rId2" tooltip="Georgia Department of Revenue website" display="http://www.dor.ga.gov" xr:uid="{717373EC-28EB-429E-8C4A-4F93E14DAA26}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.5" header="0.05" footer="0.05"/>
-  <pageSetup scale="92" fitToHeight="0" orientation="landscape" r:id="rId2"/>
+  <pageSetup scale="92" fitToHeight="0" orientation="landscape" r:id="rId3"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId3"/>
+  <drawing r:id="rId4"/>
+  <tableParts count="1">
+    <tablePart r:id="rId5"/>
+  </tableParts>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-</worksheet>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-</worksheet>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" xsi:nil="true"/>
+    <Hascontentbeenuploaded xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">true</Hascontentbeenuploaded>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FF6005E5D74DD940B6EBE89D865EFB84" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5cd84b22c6f42336f422ad03ad6aba57">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a51d9f3-36e9-480f-ad55-5f29a773c374" xmlns:ns3="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="377aa82bfbbf21f697d386ba54679fa1" ns2:_="" ns3:_="">
+    <xsd:import namespace="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <xsd:import namespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:Hascontentbeenuploaded" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a51d9f3-36e9-480f-ad55-5f29a773c374" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0d1b9b15-6ca2-435f-87bd-c880ab911653" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Hascontentbeenuploaded" ma:index="20" nillable="true" ma:displayName="Has content been uploaded" ma:default="1" ma:format="Dropdown" ma:internalName="Hascontentbeenuploaded">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b650d3c7-c21a-45fa-9c6a-89edbfed0a2e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5678a980-3ba3-4bd5-a7b3-4f54691c6b59">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46BA95AD-4D5C-4C10-988A-77C7841B5F32}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3120C49-68EA-4B93-A7BE-C862ED523F49}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D066F8F-B11B-4A74-8C5D-5AA48F7BF82A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
-[...3 lines deleted...]
-      <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>PT-35</vt:lpstr>
+      <vt:lpstr>'PT-35'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Georgia Dept of Revnue</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PT-35 County Millage Rate Certification</dc:title>
-  <dc:creator>Revenue Employee</dc:creator>
+  <dc:creator>Georgia Department of Revenue</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100FF6005E5D74DD940B6EBE89D865EFB84</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>