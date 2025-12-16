--- v0 (2025-10-08)
+++ v1 (2025-12-16)
@@ -1,139 +1,143 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Unencrypted\Digest Submission\Digest Forms\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gets.sharepoint.com/sites/DOR-ADAWebsiteComplianceProject-TeamSite/Shared Documents/General/Tracking - Division Remediation/Div LGS-All/2025.09.18 LGS County Portal xlsx TBR Remediated/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{980CC5F2-624C-4973-94D1-88F66FAE2057}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="3" documentId="13_ncr:1_{DF7A9ACB-E3E8-4FB5-A540-03406A12FD8F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C20706C7-B0E8-4064-81C5-F1E84DB81121}"/>
   <bookViews>
-    <workbookView xWindow="-96" yWindow="-96" windowWidth="23232" windowHeight="13872" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1060" yWindow="1060" windowWidth="16920" windowHeight="10450" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Table 1" sheetId="1" r:id="rId1"/>
+    <sheet name="PT-10A" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="S37" i="1" l="1"/>
-[...5 lines deleted...]
-  <c r="U29" i="1"/>
+  <c r="U31" i="1" l="1"/>
   <c r="U28" i="1"/>
   <c r="M46" i="1"/>
   <c r="L46" i="1"/>
   <c r="K46" i="1"/>
   <c r="L60" i="1"/>
   <c r="K60" i="1"/>
-  <c r="U26" i="1"/>
-  <c r="S26" i="1"/>
   <c r="U18" i="1"/>
   <c r="S18" i="1"/>
   <c r="Q18" i="1"/>
   <c r="U17" i="1"/>
   <c r="S17" i="1"/>
   <c r="Q17" i="1"/>
   <c r="U16" i="1"/>
   <c r="S16" i="1"/>
   <c r="Q16" i="1"/>
   <c r="U15" i="1"/>
   <c r="S15" i="1"/>
   <c r="Q15" i="1"/>
   <c r="U14" i="1"/>
   <c r="S14" i="1"/>
   <c r="Q14" i="1"/>
   <c r="U13" i="1"/>
   <c r="S13" i="1"/>
   <c r="Q13" i="1"/>
   <c r="U12" i="1"/>
   <c r="S12" i="1"/>
   <c r="Q12" i="1"/>
   <c r="U11" i="1"/>
   <c r="S11" i="1"/>
   <c r="Q11" i="1"/>
   <c r="U10" i="1"/>
   <c r="S10" i="1"/>
   <c r="Q10" i="1"/>
   <c r="U9" i="1"/>
   <c r="S9" i="1"/>
   <c r="Q9" i="1"/>
   <c r="U8" i="1"/>
   <c r="S8" i="1"/>
   <c r="Q8" i="1"/>
   <c r="U7" i="1"/>
   <c r="S7" i="1"/>
   <c r="Q7" i="1"/>
   <c r="U6" i="1"/>
+  <c r="U26" i="1" s="1"/>
   <c r="S6" i="1"/>
+  <c r="S26" i="1" s="1"/>
   <c r="Q6" i="1"/>
   <c r="Q26" i="1" s="1"/>
+  <c r="U32" i="1" l="1"/>
+  <c r="S39" i="1" s="1"/>
+  <c r="U39" i="1" s="1"/>
+  <c r="U29" i="1"/>
+  <c r="S37" i="1" s="1"/>
+  <c r="U37" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="373" uniqueCount="298">
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="5.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>COUNTY NAME:</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="5.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>COUNTY NO:</t>
@@ -3996,51 +4000,51 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF7F7F7F"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="195">
+  <cellXfs count="202">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -4069,86 +4073,110 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="40" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="40" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="6"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="6"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -4201,71 +4229,77 @@
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="32" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="12"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="12"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="12"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="12"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="12"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="12"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="6"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="6"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="6"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -4572,116 +4606,242 @@
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="3"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1" indent="12"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="8">
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color rgb="FF7F7F7F"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FF7F7F7F"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FF7F7F7F"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FF7F7F7F"/>
+        </right>
+        <top style="thin">
+          <color rgb="FF7F7F7F"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FF7F7F7F"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color rgb="FF7F7F7F"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color rgb="FF7F7F7F"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FF7F7F7F"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="6"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FF7F7F7F"/>
+        </right>
+        <top style="thin">
+          <color rgb="FF7F7F7F"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FF7F7F7F"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color rgb="FF7F7F7F"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color rgb="FF7F7F7F"/>
+        </left>
+        <right style="thin">
+          <color rgb="FF7F7F7F"/>
+        </right>
+        <top style="thin">
+          <color rgb="FF7F7F7F"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FF7F7F7F"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color rgb="FF7F7F7F"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="6"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFB8CCE3"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>53846</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>35772</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="3815035" cy="1633127"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="3" name="Group 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
             </a:ext>
+            <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+            </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="7213925" y="4507079"/>
+          <a:off x="7066060" y="4390058"/>
           <a:ext cx="3815035" cy="1633127"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="2933700" cy="1397635"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="4" name="Shape 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="2933700" cy="1397635"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -7101,51 +7261,51 @@
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>ns</a:t>
             </a:r>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>16</xdr:col>
       <xdr:colOff>239115</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>20996</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>37710</xdr:colOff>
       <xdr:row>63</xdr:row>
       <xdr:rowOff>87127</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="Picture 12">
+        <xdr:cNvPr id="13" name="Picture 12" descr="Georgia Department of Revenue seal logo.">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21548A05-1C9D-BC1A-AE4D-35E99A0E32F3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8824315" y="6177321"/>
@@ -7156,95 +7316,116 @@
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>400132</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>112244</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>32837</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>5702</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="14" name="TextBox 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C325895B-D273-7E96-8BF9-38F0CEBAC469}"/>
             </a:ext>
+            <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+            </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7559122" y="5651984"/>
           <a:ext cx="3084565" cy="259218"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1100" u="sng"/>
             <a:t> 			</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{979F8E58-3F64-457C-B249-459EC6762D73}" name="Table1" displayName="Table1" ref="A5:D16" totalsRowShown="0" headerRowDxfId="7" headerRowBorderDxfId="6" tableBorderDxfId="5" totalsRowBorderDxfId="4">
+  <autoFilter ref="A5:D16" xr:uid="{979F8E58-3F64-457C-B249-459EC6762D73}">
+    <filterColumn colId="0" hiddenButton="1"/>
+    <filterColumn colId="1" hiddenButton="1"/>
+    <filterColumn colId="2" hiddenButton="1"/>
+    <filterColumn colId="3" hiddenButton="1"/>
+  </autoFilter>
+  <tableColumns count="4">
+    <tableColumn id="1" xr3:uid="{B76C4374-A646-4EB1-AFE4-A4EF5D5FEA01}" name="Code" dataDxfId="3"/>
+    <tableColumn id="2" xr3:uid="{1096CA7B-E700-4A46-9146-F70DF65A3094}" name="Count" dataDxfId="2"/>
+    <tableColumn id="3" xr3:uid="{D117F5CD-FB0C-4CF6-B7E3-977E260FA516}" name="Acres" dataDxfId="1"/>
+    <tableColumn id="4" xr3:uid="{E193818D-6E67-463D-8DBA-E054987AE856}" name="40% Value" dataDxfId="0"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7489,4186 +7670,4243 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:X121"/>
+  <dimension ref="A1:Y121"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A93" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="A83" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
       <selection activeCell="A93" sqref="A93:M93"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.6" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="13" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="5.76171875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="10" width="5.76171875" customWidth="1"/>
+    <col min="1" max="1" width="5.796875" customWidth="1"/>
+    <col min="2" max="2" width="6" customWidth="1"/>
+    <col min="3" max="3" width="10.296875" customWidth="1"/>
+    <col min="4" max="4" width="12.69921875" customWidth="1"/>
+    <col min="5" max="6" width="6.796875" customWidth="1"/>
+    <col min="7" max="7" width="10.296875" customWidth="1"/>
+    <col min="8" max="8" width="6.796875" customWidth="1"/>
+    <col min="9" max="10" width="5.796875" customWidth="1"/>
     <col min="11" max="11" width="8" customWidth="1"/>
-    <col min="12" max="12" width="12.64453125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="15" width="1.1171875" customWidth="1"/>
+    <col min="12" max="12" width="12.69921875" customWidth="1"/>
+    <col min="13" max="13" width="2.19921875" customWidth="1"/>
+    <col min="14" max="14" width="9.296875" customWidth="1"/>
+    <col min="15" max="15" width="1.19921875" customWidth="1"/>
     <col min="16" max="16" width="22" customWidth="1"/>
-    <col min="17" max="19" width="4.64453125" customWidth="1"/>
-    <col min="20" max="20" width="9.3515625" customWidth="1"/>
+    <col min="17" max="19" width="4.69921875" customWidth="1"/>
+    <col min="20" max="20" width="9.296875" customWidth="1"/>
     <col min="21" max="21" width="8" customWidth="1"/>
-    <col min="22" max="22" width="6.87890625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="24" max="24" width="3.3515625" hidden="1" customWidth="1"/>
+    <col min="22" max="22" width="6.796875" customWidth="1"/>
+    <col min="23" max="23" width="0.19921875" customWidth="1"/>
+    <col min="24" max="24" width="8.19921875" customWidth="1"/>
+    <col min="25" max="25" width="9.5" hidden="1" customWidth="1"/>
+    <col min="26" max="16384" width="9.296875" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" x14ac:dyDescent="0.4">
-      <c r="A1" s="176" t="s">
+    <row r="1" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A1" s="186" t="s">
         <v>292</v>
       </c>
-      <c r="B1" s="177"/>
-      <c r="C1" s="178" t="s">
+      <c r="B1" s="187"/>
+      <c r="C1" s="188" t="s">
         <v>290</v>
       </c>
-      <c r="D1" s="179"/>
-[...19 lines deleted...]
-      <c r="X1" s="179"/>
+      <c r="D1" s="189"/>
+      <c r="E1" s="189"/>
+      <c r="F1" s="189"/>
+      <c r="G1" s="189"/>
+      <c r="H1" s="189"/>
+      <c r="I1" s="189"/>
+      <c r="J1" s="189"/>
+      <c r="K1" s="189"/>
+      <c r="L1" s="189"/>
+      <c r="M1" s="189"/>
+      <c r="N1" s="189"/>
+      <c r="O1" s="189"/>
+      <c r="P1" s="189"/>
+      <c r="Q1" s="189"/>
+      <c r="R1" s="189"/>
+      <c r="S1" s="189"/>
+      <c r="T1" s="189"/>
+      <c r="U1" s="189"/>
+      <c r="V1" s="189"/>
+      <c r="W1" s="189"/>
+      <c r="X1" s="189"/>
     </row>
-    <row r="2" spans="1:24" ht="11.55" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="180" t="s">
+    <row r="2" spans="1:24" ht="11.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="190" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="181"/>
-[...2 lines deleted...]
-      <c r="E2" s="180" t="s">
+      <c r="B2" s="191"/>
+      <c r="C2" s="192"/>
+      <c r="D2" s="193"/>
+      <c r="E2" s="190" t="s">
         <v>1</v>
       </c>
-      <c r="F2" s="184"/>
+      <c r="F2" s="194"/>
       <c r="G2" s="23"/>
-      <c r="H2" s="185" t="s">
+      <c r="H2" s="195" t="s">
         <v>2</v>
       </c>
-      <c r="I2" s="186"/>
-[...3 lines deleted...]
-      <c r="M2" s="180" t="s">
+      <c r="I2" s="196"/>
+      <c r="J2" s="197"/>
+      <c r="K2" s="198"/>
+      <c r="L2" s="193"/>
+      <c r="M2" s="190" t="s">
         <v>3</v>
       </c>
-      <c r="N2" s="181"/>
-      <c r="O2" s="184"/>
+      <c r="N2" s="191"/>
+      <c r="O2" s="194"/>
       <c r="P2" s="23"/>
-      <c r="Q2" s="189" t="s">
+      <c r="Q2" s="199" t="s">
         <v>4</v>
       </c>
-      <c r="R2" s="190"/>
-[...5 lines deleted...]
-      <c r="X2" s="119"/>
+      <c r="R2" s="200"/>
+      <c r="S2" s="200"/>
+      <c r="T2" s="201"/>
+      <c r="U2" s="198"/>
+      <c r="V2" s="193"/>
+      <c r="W2" s="129"/>
+      <c r="X2" s="129"/>
     </row>
-    <row r="3" spans="1:24" ht="12" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="3" spans="1:24" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="5"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
-      <c r="H3" s="119"/>
-      <c r="I3" s="119"/>
+      <c r="H3" s="129"/>
+      <c r="I3" s="129"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
       <c r="L3" s="5"/>
-      <c r="M3" s="119"/>
-      <c r="N3" s="119"/>
+      <c r="M3" s="129"/>
+      <c r="N3" s="129"/>
       <c r="O3" s="5"/>
       <c r="P3" s="5"/>
-      <c r="Q3" s="119"/>
-[...6 lines deleted...]
-      <c r="X3" s="119"/>
+      <c r="Q3" s="129"/>
+      <c r="R3" s="129"/>
+      <c r="S3" s="129"/>
+      <c r="T3" s="129"/>
+      <c r="U3" s="129"/>
+      <c r="V3" s="129"/>
+      <c r="W3" s="129"/>
+      <c r="X3" s="129"/>
     </row>
-    <row r="4" spans="1:24" ht="10.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="131" t="s">
+    <row r="4" spans="1:24" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="141" t="s">
         <v>5</v>
       </c>
-      <c r="B4" s="132"/>
-[...2 lines deleted...]
-      <c r="E4" s="131" t="s">
+      <c r="B4" s="142"/>
+      <c r="C4" s="142"/>
+      <c r="D4" s="143"/>
+      <c r="E4" s="141" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="132"/>
-[...3 lines deleted...]
-      <c r="J4" s="131" t="s">
+      <c r="F4" s="142"/>
+      <c r="G4" s="142"/>
+      <c r="H4" s="142"/>
+      <c r="I4" s="143"/>
+      <c r="J4" s="141" t="s">
         <v>7</v>
       </c>
-      <c r="K4" s="132"/>
-[...2 lines deleted...]
-      <c r="N4" s="133"/>
+      <c r="K4" s="142"/>
+      <c r="L4" s="142"/>
+      <c r="M4" s="142"/>
+      <c r="N4" s="143"/>
       <c r="O4" s="5"/>
-      <c r="P4" s="131" t="s">
+      <c r="P4" s="141" t="s">
         <v>8</v>
       </c>
-      <c r="Q4" s="132"/>
-[...6 lines deleted...]
-      <c r="X4" s="119"/>
+      <c r="Q4" s="142"/>
+      <c r="R4" s="142"/>
+      <c r="S4" s="142"/>
+      <c r="T4" s="142"/>
+      <c r="U4" s="142"/>
+      <c r="V4" s="143"/>
+      <c r="W4" s="129"/>
+      <c r="X4" s="129"/>
     </row>
-    <row r="5" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A5" s="6" t="s">
+    <row r="5" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="B5" s="7" t="s">
+      <c r="B5" s="26" t="s">
         <v>10</v>
       </c>
-      <c r="C5" s="8" t="s">
+      <c r="C5" s="28" t="s">
         <v>11</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="26" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="H5" s="126" t="s">
+      <c r="H5" s="136" t="s">
         <v>12</v>
       </c>
-      <c r="I5" s="127"/>
+      <c r="I5" s="137"/>
       <c r="J5" s="10" t="s">
         <v>9</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="M5" s="126" t="s">
+      <c r="M5" s="136" t="s">
         <v>12</v>
       </c>
-      <c r="N5" s="127"/>
+      <c r="N5" s="137"/>
       <c r="O5" s="5"/>
       <c r="P5" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="Q5" s="172" t="s">
+      <c r="Q5" s="182" t="s">
         <v>14</v>
       </c>
-      <c r="R5" s="173"/>
-      <c r="S5" s="126" t="s">
+      <c r="R5" s="183"/>
+      <c r="S5" s="136" t="s">
         <v>15</v>
       </c>
-      <c r="T5" s="127"/>
-      <c r="U5" s="174" t="s">
+      <c r="T5" s="137"/>
+      <c r="U5" s="184" t="s">
         <v>16</v>
       </c>
-      <c r="V5" s="175"/>
-[...1 lines deleted...]
-      <c r="X5" s="119"/>
+      <c r="V5" s="185"/>
+      <c r="W5" s="129"/>
+      <c r="X5" s="129"/>
     </row>
-    <row r="6" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A6" s="6" t="s">
+    <row r="6" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="4"/>
       <c r="C6" s="1"/>
-      <c r="D6" s="2"/>
+      <c r="D6" s="4"/>
       <c r="E6" s="9" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
-      <c r="H6" s="120"/>
-      <c r="I6" s="121"/>
+      <c r="H6" s="130"/>
+      <c r="I6" s="131"/>
       <c r="J6" s="12" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
-      <c r="M6" s="120"/>
-      <c r="N6" s="121"/>
+      <c r="M6" s="130"/>
+      <c r="N6" s="131"/>
       <c r="O6" s="5"/>
       <c r="P6" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="Q6" s="123">
+      <c r="Q6" s="133">
         <f>SUM(B6:B16)</f>
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="S6" s="123">
+        <v>603</v>
+      </c>
+      <c r="R6" s="135"/>
+      <c r="S6" s="133">
         <f>SUM(C6:C16)</f>
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="U6" s="123">
+        <v>603</v>
+      </c>
+      <c r="T6" s="135"/>
+      <c r="U6" s="133">
         <f>SUM(D6:D16)</f>
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="X6" s="119"/>
+        <v>603</v>
+      </c>
+      <c r="V6" s="135"/>
+      <c r="W6" s="129"/>
+      <c r="X6" s="129"/>
     </row>
-    <row r="7" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A7" s="6" t="s">
+    <row r="7" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="24" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="4"/>
-[...1 lines deleted...]
-      <c r="D7" s="2"/>
+      <c r="B7" s="4">
+        <v>67</v>
+      </c>
+      <c r="C7" s="4">
+        <v>67</v>
+      </c>
+      <c r="D7" s="4">
+        <v>67</v>
+      </c>
       <c r="E7" s="9" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
-      <c r="H7" s="120"/>
-      <c r="I7" s="121"/>
+      <c r="H7" s="130"/>
+      <c r="I7" s="131"/>
       <c r="J7" s="12" t="s">
         <v>23</v>
       </c>
       <c r="K7" s="2"/>
       <c r="L7" s="2"/>
-      <c r="M7" s="120"/>
-      <c r="N7" s="121"/>
+      <c r="M7" s="130"/>
+      <c r="N7" s="131"/>
       <c r="O7" s="5"/>
       <c r="P7" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="Q7" s="123">
+      <c r="Q7" s="133">
         <f>SUM(B20:B24)</f>
         <v>0</v>
       </c>
-      <c r="R7" s="125"/>
-      <c r="S7" s="123">
+      <c r="R7" s="135"/>
+      <c r="S7" s="133">
         <f>SUM(C20:C24)</f>
         <v>0</v>
       </c>
-      <c r="T7" s="125"/>
-      <c r="U7" s="123">
+      <c r="T7" s="135"/>
+      <c r="U7" s="133">
         <f>SUM(D20:D24)</f>
         <v>0</v>
       </c>
-      <c r="V7" s="125"/>
-[...1 lines deleted...]
-      <c r="X7" s="119"/>
+      <c r="V7" s="135"/>
+      <c r="W7" s="129"/>
+      <c r="X7" s="129"/>
     </row>
-    <row r="8" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A8" s="6" t="s">
+    <row r="8" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="24" t="s">
         <v>25</v>
       </c>
-      <c r="B8" s="4"/>
-[...1 lines deleted...]
-      <c r="D8" s="2"/>
+      <c r="B8" s="4">
+        <v>67</v>
+      </c>
+      <c r="C8" s="4">
+        <v>67</v>
+      </c>
+      <c r="D8" s="4">
+        <v>67</v>
+      </c>
       <c r="E8" s="9" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
-      <c r="H8" s="120"/>
-      <c r="I8" s="121"/>
+      <c r="H8" s="130"/>
+      <c r="I8" s="131"/>
       <c r="J8" s="12" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="2"/>
       <c r="L8" s="2"/>
-      <c r="M8" s="120"/>
-      <c r="N8" s="121"/>
+      <c r="M8" s="130"/>
+      <c r="N8" s="131"/>
       <c r="O8" s="5"/>
       <c r="P8" s="9" t="s">
         <v>28</v>
       </c>
-      <c r="Q8" s="123">
+      <c r="Q8" s="133">
         <f>SUM(B28:B38)</f>
         <v>0</v>
       </c>
-      <c r="R8" s="125"/>
-      <c r="S8" s="123">
+      <c r="R8" s="135"/>
+      <c r="S8" s="133">
         <f>SUM(C28:C38)</f>
         <v>0</v>
       </c>
-      <c r="T8" s="125"/>
-      <c r="U8" s="123">
+      <c r="T8" s="135"/>
+      <c r="U8" s="133">
         <f>SUM(D28:D38)</f>
         <v>0</v>
       </c>
-      <c r="V8" s="125"/>
-[...1 lines deleted...]
-      <c r="X8" s="119"/>
+      <c r="V8" s="135"/>
+      <c r="W8" s="129"/>
+      <c r="X8" s="129"/>
     </row>
-    <row r="9" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A9" s="6" t="s">
+    <row r="9" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="B9" s="4"/>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+      <c r="B9" s="4">
+        <v>67</v>
+      </c>
+      <c r="C9" s="4">
+        <v>67</v>
+      </c>
+      <c r="D9" s="4">
+        <v>67</v>
+      </c>
       <c r="E9" s="9" t="s">
         <v>30</v>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
-      <c r="H9" s="120"/>
-      <c r="I9" s="121"/>
+      <c r="H9" s="130"/>
+      <c r="I9" s="131"/>
       <c r="J9" s="5"/>
       <c r="K9" s="5"/>
       <c r="L9" s="5"/>
-      <c r="M9" s="119"/>
-      <c r="N9" s="119"/>
+      <c r="M9" s="129"/>
+      <c r="N9" s="129"/>
       <c r="O9" s="5"/>
       <c r="P9" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="Q9" s="123">
+      <c r="Q9" s="133">
         <f>SUM(B49:B50)</f>
         <v>0</v>
       </c>
-      <c r="R9" s="125"/>
-      <c r="S9" s="123">
+      <c r="R9" s="135"/>
+      <c r="S9" s="133">
         <f>SUM(C49:C50)</f>
         <v>0</v>
       </c>
-      <c r="T9" s="125"/>
-      <c r="U9" s="123">
+      <c r="T9" s="135"/>
+      <c r="U9" s="133">
         <f>SUM(D49:D50)</f>
         <v>0</v>
       </c>
-      <c r="V9" s="125"/>
-[...1 lines deleted...]
-      <c r="X9" s="119"/>
+      <c r="V9" s="135"/>
+      <c r="W9" s="129"/>
+      <c r="X9" s="129"/>
     </row>
-    <row r="10" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A10" s="6" t="s">
+    <row r="10" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="24" t="s">
         <v>32</v>
       </c>
-      <c r="B10" s="4"/>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+      <c r="B10" s="4">
+        <v>67</v>
+      </c>
+      <c r="C10" s="4">
+        <v>67</v>
+      </c>
+      <c r="D10" s="4">
+        <v>67</v>
+      </c>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
-      <c r="H10" s="119"/>
-[...1 lines deleted...]
-      <c r="J10" s="131" t="s">
+      <c r="H10" s="129"/>
+      <c r="I10" s="129"/>
+      <c r="J10" s="141" t="s">
         <v>33</v>
       </c>
-      <c r="K10" s="132"/>
-[...2 lines deleted...]
-      <c r="N10" s="133"/>
+      <c r="K10" s="142"/>
+      <c r="L10" s="142"/>
+      <c r="M10" s="142"/>
+      <c r="N10" s="143"/>
       <c r="O10" s="5"/>
       <c r="P10" s="9" t="s">
         <v>34</v>
       </c>
-      <c r="Q10" s="123">
+      <c r="Q10" s="133">
         <f>SUM(B54:B64)</f>
         <v>0</v>
       </c>
-      <c r="R10" s="125"/>
-      <c r="S10" s="123">
+      <c r="R10" s="135"/>
+      <c r="S10" s="133">
         <f>SUM(C54:C64)</f>
         <v>0</v>
       </c>
-      <c r="T10" s="125"/>
-      <c r="U10" s="123">
+      <c r="T10" s="135"/>
+      <c r="U10" s="133">
         <f>SUM(D54:D64)</f>
         <v>0</v>
       </c>
-      <c r="V10" s="125"/>
-[...1 lines deleted...]
-      <c r="X10" s="119"/>
+      <c r="V10" s="135"/>
+      <c r="W10" s="129"/>
+      <c r="X10" s="129"/>
     </row>
-    <row r="11" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A11" s="6" t="s">
+    <row r="11" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="24" t="s">
         <v>35</v>
       </c>
-      <c r="B11" s="4"/>
-[...2 lines deleted...]
-      <c r="E11" s="131" t="s">
+      <c r="B11" s="4">
+        <v>67</v>
+      </c>
+      <c r="C11" s="4">
+        <v>67</v>
+      </c>
+      <c r="D11" s="4">
+        <v>67</v>
+      </c>
+      <c r="E11" s="141" t="s">
         <v>36</v>
       </c>
-      <c r="F11" s="132"/>
-[...2 lines deleted...]
-      <c r="I11" s="133"/>
+      <c r="F11" s="142"/>
+      <c r="G11" s="142"/>
+      <c r="H11" s="142"/>
+      <c r="I11" s="143"/>
       <c r="J11" s="10" t="s">
         <v>9</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="M11" s="126" t="s">
+      <c r="M11" s="136" t="s">
         <v>38</v>
       </c>
-      <c r="N11" s="127"/>
+      <c r="N11" s="137"/>
       <c r="O11" s="5"/>
       <c r="P11" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="Q11" s="123">
+      <c r="Q11" s="133">
         <f>SUM(F6:F9)</f>
         <v>0</v>
       </c>
-      <c r="R11" s="125"/>
-      <c r="S11" s="123">
+      <c r="R11" s="135"/>
+      <c r="S11" s="133">
         <f>SUM(G6:G9)</f>
         <v>0</v>
       </c>
-      <c r="T11" s="125"/>
-      <c r="U11" s="123">
+      <c r="T11" s="135"/>
+      <c r="U11" s="133">
         <f>SUM(H6:I9)</f>
         <v>0</v>
       </c>
-      <c r="V11" s="125"/>
-[...1 lines deleted...]
-      <c r="X11" s="119"/>
+      <c r="V11" s="135"/>
+      <c r="W11" s="129"/>
+      <c r="X11" s="129"/>
     </row>
-    <row r="12" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A12" s="6" t="s">
+    <row r="12" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="24" t="s">
         <v>40</v>
       </c>
-      <c r="B12" s="4"/>
-[...1 lines deleted...]
-      <c r="D12" s="2"/>
+      <c r="B12" s="4">
+        <v>67</v>
+      </c>
+      <c r="C12" s="4">
+        <v>67</v>
+      </c>
+      <c r="D12" s="4">
+        <v>67</v>
+      </c>
       <c r="E12" s="9" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G12" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="H12" s="126" t="s">
+      <c r="H12" s="136" t="s">
         <v>12</v>
       </c>
-      <c r="I12" s="127"/>
+      <c r="I12" s="137"/>
       <c r="J12" s="12" t="s">
         <v>41</v>
       </c>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
-      <c r="M12" s="120"/>
-      <c r="N12" s="121"/>
+      <c r="M12" s="130"/>
+      <c r="N12" s="131"/>
       <c r="O12" s="5"/>
       <c r="P12" s="9" t="s">
         <v>42</v>
       </c>
-      <c r="Q12" s="123">
+      <c r="Q12" s="133">
         <f>SUM(F13:F16)</f>
         <v>0</v>
       </c>
-      <c r="R12" s="125"/>
-      <c r="S12" s="123">
+      <c r="R12" s="135"/>
+      <c r="S12" s="133">
         <f>SUM(G13:G16)</f>
         <v>0</v>
       </c>
-      <c r="T12" s="125"/>
-      <c r="U12" s="123">
+      <c r="T12" s="135"/>
+      <c r="U12" s="133">
         <f>SUM(H13:I16)</f>
         <v>0</v>
       </c>
-      <c r="V12" s="125"/>
-[...1 lines deleted...]
-      <c r="X12" s="119"/>
+      <c r="V12" s="135"/>
+      <c r="W12" s="129"/>
+      <c r="X12" s="129"/>
     </row>
-    <row r="13" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A13" s="6" t="s">
+    <row r="13" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="24" t="s">
         <v>43</v>
       </c>
-      <c r="B13" s="4"/>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+      <c r="B13" s="4">
+        <v>67</v>
+      </c>
+      <c r="C13" s="4">
+        <v>67</v>
+      </c>
+      <c r="D13" s="4">
+        <v>67</v>
+      </c>
       <c r="E13" s="9" t="s">
         <v>44</v>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
-      <c r="H13" s="120"/>
-      <c r="I13" s="121"/>
+      <c r="H13" s="130"/>
+      <c r="I13" s="131"/>
       <c r="J13" s="12" t="s">
         <v>45</v>
       </c>
       <c r="K13" s="2"/>
       <c r="L13" s="2"/>
-      <c r="M13" s="120"/>
-      <c r="N13" s="121"/>
+      <c r="M13" s="130"/>
+      <c r="N13" s="131"/>
       <c r="O13" s="5"/>
       <c r="P13" s="9" t="s">
         <v>46</v>
       </c>
-      <c r="Q13" s="123">
+      <c r="Q13" s="133">
         <f>SUM(F20:F21)</f>
         <v>0</v>
       </c>
-      <c r="R13" s="125"/>
-      <c r="S13" s="123">
+      <c r="R13" s="135"/>
+      <c r="S13" s="133">
         <f>SUM(G20:G21)</f>
         <v>0</v>
       </c>
-      <c r="T13" s="125"/>
-      <c r="U13" s="123">
+      <c r="T13" s="135"/>
+      <c r="U13" s="133">
         <f>SUM(H20:I21)</f>
         <v>0</v>
       </c>
-      <c r="V13" s="125"/>
-[...1 lines deleted...]
-      <c r="X13" s="119"/>
+      <c r="V13" s="135"/>
+      <c r="W13" s="129"/>
+      <c r="X13" s="129"/>
     </row>
-    <row r="14" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A14" s="6" t="s">
+    <row r="14" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="24" t="s">
         <v>47</v>
       </c>
-      <c r="B14" s="4"/>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+      <c r="B14" s="4">
+        <v>67</v>
+      </c>
+      <c r="C14" s="4">
+        <v>67</v>
+      </c>
+      <c r="D14" s="4">
+        <v>67</v>
+      </c>
       <c r="E14" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
-      <c r="H14" s="120"/>
-      <c r="I14" s="121"/>
+      <c r="H14" s="130"/>
+      <c r="I14" s="131"/>
       <c r="J14" s="12" t="s">
         <v>49</v>
       </c>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
-      <c r="M14" s="120"/>
-      <c r="N14" s="121"/>
+      <c r="M14" s="130"/>
+      <c r="N14" s="131"/>
       <c r="O14" s="5"/>
       <c r="P14" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="Q14" s="123">
+      <c r="Q14" s="133">
         <f>SUM(F25:F35)</f>
         <v>0</v>
       </c>
-      <c r="R14" s="125"/>
-      <c r="S14" s="123">
+      <c r="R14" s="135"/>
+      <c r="S14" s="133">
         <f>SUM(G25:G35)</f>
         <v>0</v>
       </c>
-      <c r="T14" s="125"/>
-      <c r="U14" s="123">
+      <c r="T14" s="135"/>
+      <c r="U14" s="133">
         <f>SUM(H25:I35)</f>
         <v>0</v>
       </c>
-      <c r="V14" s="125"/>
-[...1 lines deleted...]
-      <c r="X14" s="119"/>
+      <c r="V14" s="135"/>
+      <c r="W14" s="129"/>
+      <c r="X14" s="129"/>
     </row>
-    <row r="15" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A15" s="6" t="s">
+    <row r="15" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="24" t="s">
         <v>51</v>
       </c>
-      <c r="B15" s="4"/>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+      <c r="B15" s="4">
+        <v>67</v>
+      </c>
+      <c r="C15" s="4">
+        <v>67</v>
+      </c>
+      <c r="D15" s="4">
+        <v>67</v>
+      </c>
       <c r="E15" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
-      <c r="H15" s="120"/>
-      <c r="I15" s="121"/>
+      <c r="H15" s="130"/>
+      <c r="I15" s="131"/>
       <c r="J15" s="12" t="s">
         <v>53</v>
       </c>
       <c r="K15" s="2"/>
       <c r="L15" s="2"/>
-      <c r="M15" s="120"/>
-      <c r="N15" s="121"/>
+      <c r="M15" s="130"/>
+      <c r="N15" s="131"/>
       <c r="O15" s="5"/>
       <c r="P15" s="9" t="s">
         <v>54</v>
       </c>
-      <c r="Q15" s="123">
+      <c r="Q15" s="133">
         <f>SUM(F39:F41)</f>
         <v>0</v>
       </c>
-      <c r="R15" s="125"/>
-      <c r="S15" s="123">
+      <c r="R15" s="135"/>
+      <c r="S15" s="133">
         <f>SUM(G39:G41)</f>
         <v>0</v>
       </c>
-      <c r="T15" s="125"/>
-      <c r="U15" s="123">
+      <c r="T15" s="135"/>
+      <c r="U15" s="133">
         <f>SUM(H39:I41)</f>
         <v>0</v>
       </c>
-      <c r="V15" s="125"/>
-[...1 lines deleted...]
-      <c r="X15" s="119"/>
+      <c r="V15" s="135"/>
+      <c r="W15" s="129"/>
+      <c r="X15" s="129"/>
     </row>
-    <row r="16" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A16" s="6" t="s">
+    <row r="16" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="25" t="s">
         <v>55</v>
       </c>
-      <c r="B16" s="4"/>
-[...1 lines deleted...]
-      <c r="D16" s="2"/>
+      <c r="B16" s="29"/>
+      <c r="C16" s="30"/>
+      <c r="D16" s="29"/>
       <c r="E16" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
-      <c r="H16" s="120"/>
-      <c r="I16" s="121"/>
+      <c r="H16" s="130"/>
+      <c r="I16" s="131"/>
       <c r="J16" s="12" t="s">
         <v>57</v>
       </c>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
-      <c r="M16" s="120"/>
-      <c r="N16" s="121"/>
+      <c r="M16" s="130"/>
+      <c r="N16" s="131"/>
       <c r="O16" s="5"/>
       <c r="P16" s="9" t="s">
         <v>58</v>
       </c>
-      <c r="Q16" s="123">
+      <c r="Q16" s="133">
         <f>SUM(F45:F54)</f>
         <v>0</v>
       </c>
-      <c r="R16" s="125"/>
-      <c r="S16" s="123">
+      <c r="R16" s="135"/>
+      <c r="S16" s="133">
         <f>SUM(G45:G54)</f>
         <v>0</v>
       </c>
-      <c r="T16" s="125"/>
-      <c r="U16" s="123">
+      <c r="T16" s="135"/>
+      <c r="U16" s="133">
         <f>SUM(H45:I54)</f>
         <v>0</v>
       </c>
-      <c r="V16" s="125"/>
-[...1 lines deleted...]
-      <c r="X16" s="119"/>
+      <c r="V16" s="135"/>
+      <c r="W16" s="129"/>
+      <c r="X16" s="129"/>
     </row>
-    <row r="17" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="17" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="5"/>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="5"/>
       <c r="G17" s="5"/>
-      <c r="H17" s="119"/>
-      <c r="I17" s="119"/>
+      <c r="H17" s="129"/>
+      <c r="I17" s="129"/>
       <c r="J17" s="12" t="s">
         <v>59</v>
       </c>
       <c r="K17" s="2"/>
       <c r="L17" s="2"/>
-      <c r="M17" s="120"/>
-      <c r="N17" s="121"/>
+      <c r="M17" s="130"/>
+      <c r="N17" s="131"/>
       <c r="O17" s="5"/>
       <c r="P17" s="9" t="s">
         <v>60</v>
       </c>
-      <c r="Q17" s="123">
+      <c r="Q17" s="133">
         <f>SUM(F58:F61)</f>
         <v>0</v>
       </c>
-      <c r="R17" s="125"/>
-      <c r="S17" s="123">
+      <c r="R17" s="135"/>
+      <c r="S17" s="133">
         <f>SUM(G58:G61)</f>
         <v>0</v>
       </c>
-      <c r="T17" s="125"/>
-      <c r="U17" s="123">
+      <c r="T17" s="135"/>
+      <c r="U17" s="133">
         <f>SUM(H58:I61)</f>
         <v>0</v>
       </c>
-      <c r="V17" s="125"/>
-[...1 lines deleted...]
-      <c r="X17" s="119"/>
+      <c r="V17" s="135"/>
+      <c r="W17" s="129"/>
+      <c r="X17" s="129"/>
     </row>
-    <row r="18" spans="1:24" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A18" s="131" t="s">
+    <row r="18" spans="1:24" ht="10" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="141" t="s">
         <v>61</v>
       </c>
-      <c r="B18" s="132"/>
-[...2 lines deleted...]
-      <c r="E18" s="131" t="s">
+      <c r="B18" s="142"/>
+      <c r="C18" s="142"/>
+      <c r="D18" s="143"/>
+      <c r="E18" s="141" t="s">
         <v>62</v>
       </c>
-      <c r="F18" s="132"/>
-[...2 lines deleted...]
-      <c r="I18" s="133"/>
+      <c r="F18" s="142"/>
+      <c r="G18" s="142"/>
+      <c r="H18" s="142"/>
+      <c r="I18" s="143"/>
       <c r="J18" s="12" t="s">
         <v>63</v>
       </c>
       <c r="K18" s="2"/>
       <c r="L18" s="2"/>
-      <c r="M18" s="120"/>
-      <c r="N18" s="121"/>
+      <c r="M18" s="130"/>
+      <c r="N18" s="131"/>
       <c r="O18" s="5"/>
       <c r="P18" s="9" t="s">
         <v>64</v>
       </c>
-      <c r="Q18" s="123">
+      <c r="Q18" s="133">
         <f>SUM(K6:K8)</f>
         <v>0</v>
       </c>
-      <c r="R18" s="125"/>
-      <c r="S18" s="123">
+      <c r="R18" s="135"/>
+      <c r="S18" s="133">
         <f>SUM(L6:L8)</f>
         <v>0</v>
       </c>
-      <c r="T18" s="125"/>
-      <c r="U18" s="123">
+      <c r="T18" s="135"/>
+      <c r="U18" s="133">
         <f>SUM(M6:N9)</f>
         <v>0</v>
       </c>
-      <c r="V18" s="125"/>
-[...1 lines deleted...]
-      <c r="X18" s="119"/>
+      <c r="V18" s="135"/>
+      <c r="W18" s="129"/>
+      <c r="X18" s="129"/>
     </row>
-    <row r="19" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="19" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>11</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="16" t="s">
         <v>9</v>
       </c>
       <c r="F19" s="16" t="s">
         <v>10</v>
       </c>
       <c r="G19" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="H19" s="170" t="s">
+      <c r="H19" s="180" t="s">
         <v>12</v>
       </c>
-      <c r="I19" s="171"/>
+      <c r="I19" s="181"/>
       <c r="J19" s="12" t="s">
         <v>65</v>
       </c>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
-      <c r="M19" s="120"/>
-      <c r="N19" s="121"/>
+      <c r="M19" s="130"/>
+      <c r="N19" s="131"/>
       <c r="O19" s="5"/>
       <c r="P19" s="2"/>
-      <c r="Q19" s="123"/>
-[...6 lines deleted...]
-      <c r="X19" s="119"/>
+      <c r="Q19" s="133"/>
+      <c r="R19" s="135"/>
+      <c r="S19" s="133"/>
+      <c r="T19" s="135"/>
+      <c r="U19" s="133"/>
+      <c r="V19" s="135"/>
+      <c r="W19" s="129"/>
+      <c r="X19" s="129"/>
     </row>
-    <row r="20" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="20" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="6" t="s">
         <v>66</v>
       </c>
       <c r="B20" s="4"/>
       <c r="C20" s="1"/>
       <c r="D20" s="2"/>
       <c r="E20" s="16" t="s">
         <v>67</v>
       </c>
       <c r="F20" s="18"/>
       <c r="G20" s="18"/>
-      <c r="H20" s="168"/>
-      <c r="I20" s="169"/>
+      <c r="H20" s="178"/>
+      <c r="I20" s="179"/>
       <c r="J20" s="12" t="s">
         <v>68</v>
       </c>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
-      <c r="M20" s="120"/>
-      <c r="N20" s="121"/>
+      <c r="M20" s="130"/>
+      <c r="N20" s="131"/>
       <c r="O20" s="5"/>
       <c r="P20" s="2"/>
-      <c r="Q20" s="123"/>
-[...6 lines deleted...]
-      <c r="X20" s="119"/>
+      <c r="Q20" s="133"/>
+      <c r="R20" s="135"/>
+      <c r="S20" s="133"/>
+      <c r="T20" s="135"/>
+      <c r="U20" s="133"/>
+      <c r="V20" s="135"/>
+      <c r="W20" s="129"/>
+      <c r="X20" s="129"/>
     </row>
-    <row r="21" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="21" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="6" t="s">
         <v>69</v>
       </c>
       <c r="B21" s="4"/>
       <c r="C21" s="1"/>
       <c r="D21" s="2"/>
       <c r="E21" s="16" t="s">
         <v>70</v>
       </c>
       <c r="F21" s="18"/>
       <c r="G21" s="18"/>
-      <c r="H21" s="168"/>
-      <c r="I21" s="169"/>
+      <c r="H21" s="178"/>
+      <c r="I21" s="179"/>
       <c r="J21" s="12" t="s">
         <v>71</v>
       </c>
       <c r="K21" s="2"/>
       <c r="L21" s="2"/>
-      <c r="M21" s="120"/>
-      <c r="N21" s="121"/>
+      <c r="M21" s="130"/>
+      <c r="N21" s="131"/>
       <c r="O21" s="5"/>
       <c r="P21" s="9" t="s">
         <v>72</v>
       </c>
-      <c r="Q21" s="123"/>
-[...6 lines deleted...]
-      <c r="X21" s="119"/>
+      <c r="Q21" s="133"/>
+      <c r="R21" s="135"/>
+      <c r="S21" s="133"/>
+      <c r="T21" s="135"/>
+      <c r="U21" s="133"/>
+      <c r="V21" s="135"/>
+      <c r="W21" s="129"/>
+      <c r="X21" s="129"/>
     </row>
-    <row r="22" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="22" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="6" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="4"/>
       <c r="C22" s="1"/>
       <c r="D22" s="2"/>
       <c r="E22" s="5"/>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
-      <c r="H22" s="119"/>
-      <c r="I22" s="119"/>
+      <c r="H22" s="129"/>
+      <c r="I22" s="129"/>
       <c r="J22" s="12" t="s">
         <v>74</v>
       </c>
       <c r="K22" s="2"/>
       <c r="L22" s="2"/>
-      <c r="M22" s="120"/>
-      <c r="N22" s="121"/>
+      <c r="M22" s="130"/>
+      <c r="N22" s="131"/>
       <c r="O22" s="5"/>
       <c r="P22" s="9" t="s">
         <v>75</v>
       </c>
-      <c r="Q22" s="123"/>
-[...6 lines deleted...]
-      <c r="X22" s="119"/>
+      <c r="Q22" s="133"/>
+      <c r="R22" s="135"/>
+      <c r="S22" s="133"/>
+      <c r="T22" s="135"/>
+      <c r="U22" s="133"/>
+      <c r="V22" s="135"/>
+      <c r="W22" s="129"/>
+      <c r="X22" s="129"/>
     </row>
-    <row r="23" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="23" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="6" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="4"/>
       <c r="C23" s="1"/>
       <c r="D23" s="2"/>
-      <c r="E23" s="131" t="s">
+      <c r="E23" s="141" t="s">
         <v>77</v>
       </c>
-      <c r="F23" s="132"/>
-[...3 lines deleted...]
-      <c r="J23" s="163" t="s">
+      <c r="F23" s="142"/>
+      <c r="G23" s="142"/>
+      <c r="H23" s="142"/>
+      <c r="I23" s="143"/>
+      <c r="J23" s="173" t="s">
         <v>294</v>
       </c>
-      <c r="K23" s="166"/>
-[...2 lines deleted...]
-      <c r="N23" s="167"/>
+      <c r="K23" s="176"/>
+      <c r="L23" s="176"/>
+      <c r="M23" s="176"/>
+      <c r="N23" s="177"/>
       <c r="O23" s="5"/>
       <c r="P23" s="9" t="s">
         <v>78</v>
       </c>
-      <c r="Q23" s="123"/>
-[...6 lines deleted...]
-      <c r="X23" s="119"/>
+      <c r="Q23" s="133"/>
+      <c r="R23" s="135"/>
+      <c r="S23" s="133"/>
+      <c r="T23" s="135"/>
+      <c r="U23" s="133"/>
+      <c r="V23" s="135"/>
+      <c r="W23" s="129"/>
+      <c r="X23" s="129"/>
     </row>
-    <row r="24" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="24" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="6" t="s">
         <v>79</v>
       </c>
       <c r="B24" s="4"/>
       <c r="C24" s="1"/>
       <c r="D24" s="2"/>
       <c r="E24" s="9" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G24" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="H24" s="126" t="s">
+      <c r="H24" s="136" t="s">
         <v>12</v>
       </c>
-      <c r="I24" s="127"/>
+      <c r="I24" s="137"/>
       <c r="J24" s="12" t="s">
         <v>80</v>
       </c>
       <c r="K24" s="2"/>
       <c r="L24" s="2"/>
-      <c r="M24" s="120"/>
-      <c r="N24" s="121"/>
+      <c r="M24" s="130"/>
+      <c r="N24" s="131"/>
       <c r="O24" s="5"/>
       <c r="P24" s="9" t="s">
         <v>81</v>
       </c>
-      <c r="Q24" s="123"/>
-[...6 lines deleted...]
-      <c r="X24" s="119"/>
+      <c r="Q24" s="133"/>
+      <c r="R24" s="135"/>
+      <c r="S24" s="133"/>
+      <c r="T24" s="135"/>
+      <c r="U24" s="133"/>
+      <c r="V24" s="135"/>
+      <c r="W24" s="129"/>
+      <c r="X24" s="129"/>
     </row>
-    <row r="25" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="25" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="5"/>
       <c r="B25" s="5"/>
       <c r="C25" s="5"/>
       <c r="D25" s="5"/>
       <c r="E25" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
-      <c r="H25" s="120"/>
-      <c r="I25" s="121"/>
+      <c r="H25" s="130"/>
+      <c r="I25" s="131"/>
       <c r="J25" s="12" t="s">
         <v>83</v>
       </c>
       <c r="K25" s="2"/>
       <c r="L25" s="2"/>
-      <c r="M25" s="120"/>
-      <c r="N25" s="121"/>
+      <c r="M25" s="130"/>
+      <c r="N25" s="131"/>
       <c r="O25" s="5"/>
       <c r="P25" s="2"/>
-      <c r="Q25" s="123"/>
-[...6 lines deleted...]
-      <c r="X25" s="119"/>
+      <c r="Q25" s="133"/>
+      <c r="R25" s="135"/>
+      <c r="S25" s="133"/>
+      <c r="T25" s="135"/>
+      <c r="U25" s="133"/>
+      <c r="V25" s="135"/>
+      <c r="W25" s="129"/>
+      <c r="X25" s="129"/>
     </row>
-    <row r="26" spans="1:24" ht="8.1" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A26" s="131" t="s">
+    <row r="26" spans="1:24" ht="8.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="141" t="s">
         <v>84</v>
       </c>
-      <c r="B26" s="132"/>
-[...1 lines deleted...]
-      <c r="D26" s="133"/>
+      <c r="B26" s="142"/>
+      <c r="C26" s="142"/>
+      <c r="D26" s="143"/>
       <c r="E26" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
-      <c r="H26" s="120"/>
-      <c r="I26" s="121"/>
+      <c r="H26" s="130"/>
+      <c r="I26" s="131"/>
       <c r="J26" s="12" t="s">
         <v>86</v>
       </c>
       <c r="K26" s="2"/>
       <c r="L26" s="2"/>
-      <c r="M26" s="120"/>
-      <c r="N26" s="121"/>
+      <c r="M26" s="130"/>
+      <c r="N26" s="131"/>
       <c r="O26" s="5"/>
       <c r="P26" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="Q26" s="123">
+      <c r="Q26" s="133">
         <f>SUM(Q6:R24)</f>
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="S26" s="123">
+        <v>603</v>
+      </c>
+      <c r="R26" s="135"/>
+      <c r="S26" s="133">
         <f>SUM(S6:T24)</f>
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="U26" s="123">
+        <v>603</v>
+      </c>
+      <c r="T26" s="135"/>
+      <c r="U26" s="133">
         <f>SUM(U6:V24)</f>
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="X26" s="119"/>
+        <v>603</v>
+      </c>
+      <c r="V26" s="135"/>
+      <c r="W26" s="129"/>
+      <c r="X26" s="129"/>
     </row>
-    <row r="27" spans="1:24" ht="10.95" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="27" spans="1:24" ht="11.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
-      <c r="H27" s="120"/>
-      <c r="I27" s="121"/>
+      <c r="H27" s="130"/>
+      <c r="I27" s="131"/>
       <c r="J27" s="12" t="s">
         <v>89</v>
       </c>
       <c r="K27" s="2"/>
       <c r="L27" s="2"/>
-      <c r="M27" s="120"/>
-      <c r="N27" s="121"/>
+      <c r="M27" s="130"/>
+      <c r="N27" s="131"/>
       <c r="O27" s="5"/>
       <c r="P27" s="2"/>
-      <c r="Q27" s="123"/>
-[...6 lines deleted...]
-      <c r="X27" s="119"/>
+      <c r="Q27" s="133"/>
+      <c r="R27" s="135"/>
+      <c r="S27" s="133"/>
+      <c r="T27" s="135"/>
+      <c r="U27" s="133"/>
+      <c r="V27" s="135"/>
+      <c r="W27" s="129"/>
+      <c r="X27" s="129"/>
     </row>
-    <row r="28" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="28" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="6" t="s">
         <v>90</v>
       </c>
       <c r="B28" s="4"/>
       <c r="C28" s="1"/>
       <c r="D28" s="2"/>
       <c r="E28" s="9" t="s">
         <v>91</v>
       </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
-      <c r="H28" s="120"/>
-      <c r="I28" s="121"/>
+      <c r="H28" s="130"/>
+      <c r="I28" s="131"/>
       <c r="J28" s="12" t="s">
         <v>92</v>
       </c>
       <c r="K28" s="2"/>
       <c r="L28" s="2"/>
-      <c r="M28" s="120"/>
-      <c r="N28" s="121"/>
+      <c r="M28" s="130"/>
+      <c r="N28" s="131"/>
       <c r="O28" s="5"/>
       <c r="P28" s="9" t="s">
         <v>93</v>
       </c>
-      <c r="Q28" s="123"/>
-[...3 lines deleted...]
-      <c r="U28" s="123">
+      <c r="Q28" s="133"/>
+      <c r="R28" s="135"/>
+      <c r="S28" s="133"/>
+      <c r="T28" s="135"/>
+      <c r="U28" s="133">
         <f>L46</f>
         <v>0</v>
       </c>
-      <c r="V28" s="125"/>
-[...1 lines deleted...]
-      <c r="X28" s="119"/>
+      <c r="V28" s="135"/>
+      <c r="W28" s="129"/>
+      <c r="X28" s="129"/>
     </row>
-    <row r="29" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="29" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="6" t="s">
         <v>94</v>
       </c>
       <c r="B29" s="4"/>
       <c r="C29" s="1"/>
       <c r="D29" s="2"/>
       <c r="E29" s="9" t="s">
         <v>95</v>
       </c>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
-      <c r="H29" s="120"/>
-      <c r="I29" s="121"/>
+      <c r="H29" s="130"/>
+      <c r="I29" s="131"/>
       <c r="J29" s="12" t="s">
         <v>96</v>
       </c>
       <c r="K29" s="2"/>
       <c r="L29" s="2"/>
-      <c r="M29" s="120"/>
-      <c r="N29" s="121"/>
+      <c r="M29" s="130"/>
+      <c r="N29" s="131"/>
       <c r="O29" s="5"/>
       <c r="P29" s="9" t="s">
         <v>97</v>
       </c>
-      <c r="Q29" s="123"/>
-[...3 lines deleted...]
-      <c r="U29" s="123">
+      <c r="Q29" s="133"/>
+      <c r="R29" s="135"/>
+      <c r="S29" s="133"/>
+      <c r="T29" s="135"/>
+      <c r="U29" s="133">
         <f>U26-U28</f>
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="X29" s="119"/>
+        <v>603</v>
+      </c>
+      <c r="V29" s="135"/>
+      <c r="W29" s="129"/>
+      <c r="X29" s="129"/>
     </row>
-    <row r="30" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="30" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="6" t="s">
         <v>98</v>
       </c>
       <c r="B30" s="4"/>
       <c r="C30" s="1"/>
       <c r="D30" s="2"/>
       <c r="E30" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
-      <c r="H30" s="120"/>
-      <c r="I30" s="121"/>
+      <c r="H30" s="130"/>
+      <c r="I30" s="131"/>
       <c r="J30" s="12" t="s">
         <v>100</v>
       </c>
       <c r="K30" s="2"/>
       <c r="L30" s="2"/>
-      <c r="M30" s="120"/>
-      <c r="N30" s="121"/>
+      <c r="M30" s="130"/>
+      <c r="N30" s="131"/>
       <c r="O30" s="5"/>
       <c r="P30" s="2"/>
-      <c r="Q30" s="123"/>
-[...6 lines deleted...]
-      <c r="X30" s="119"/>
+      <c r="Q30" s="133"/>
+      <c r="R30" s="135"/>
+      <c r="S30" s="133"/>
+      <c r="T30" s="135"/>
+      <c r="U30" s="133"/>
+      <c r="V30" s="135"/>
+      <c r="W30" s="129"/>
+      <c r="X30" s="129"/>
     </row>
-    <row r="31" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="31" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="6" t="s">
         <v>101</v>
       </c>
       <c r="B31" s="4"/>
       <c r="C31" s="1"/>
       <c r="D31" s="2"/>
       <c r="E31" s="9" t="s">
         <v>102</v>
       </c>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
-      <c r="H31" s="120"/>
-      <c r="I31" s="121"/>
+      <c r="H31" s="130"/>
+      <c r="I31" s="131"/>
       <c r="J31" s="12" t="s">
         <v>103</v>
       </c>
       <c r="K31" s="2"/>
       <c r="L31" s="2"/>
-      <c r="M31" s="120"/>
-      <c r="N31" s="121"/>
+      <c r="M31" s="130"/>
+      <c r="N31" s="131"/>
       <c r="O31" s="5"/>
       <c r="P31" s="9" t="s">
         <v>104</v>
       </c>
-      <c r="Q31" s="123"/>
-[...3 lines deleted...]
-      <c r="U31" s="123">
+      <c r="Q31" s="133"/>
+      <c r="R31" s="135"/>
+      <c r="S31" s="133"/>
+      <c r="T31" s="135"/>
+      <c r="U31" s="133">
         <f>M46</f>
         <v>0</v>
       </c>
-      <c r="V31" s="125"/>
-[...1 lines deleted...]
-      <c r="X31" s="119"/>
+      <c r="V31" s="135"/>
+      <c r="W31" s="129"/>
+      <c r="X31" s="129"/>
     </row>
-    <row r="32" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="32" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="6" t="s">
         <v>105</v>
       </c>
       <c r="B32" s="4"/>
       <c r="C32" s="1"/>
       <c r="D32" s="2"/>
       <c r="E32" s="9" t="s">
         <v>106</v>
       </c>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
-      <c r="H32" s="120"/>
-      <c r="I32" s="121"/>
+      <c r="H32" s="130"/>
+      <c r="I32" s="131"/>
       <c r="J32" s="12" t="s">
         <v>107</v>
       </c>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
-      <c r="M32" s="120"/>
-      <c r="N32" s="121"/>
+      <c r="M32" s="130"/>
+      <c r="N32" s="131"/>
       <c r="O32" s="5"/>
       <c r="P32" s="9" t="s">
         <v>108</v>
       </c>
-      <c r="Q32" s="123"/>
-[...3 lines deleted...]
-      <c r="U32" s="123">
+      <c r="Q32" s="133"/>
+      <c r="R32" s="135"/>
+      <c r="S32" s="133"/>
+      <c r="T32" s="135"/>
+      <c r="U32" s="133">
         <f>U26-U31</f>
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="X32" s="119"/>
+        <v>603</v>
+      </c>
+      <c r="V32" s="135"/>
+      <c r="W32" s="129"/>
+      <c r="X32" s="129"/>
     </row>
-    <row r="33" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="33" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="6" t="s">
         <v>109</v>
       </c>
       <c r="B33" s="4"/>
       <c r="C33" s="1"/>
       <c r="D33" s="2"/>
       <c r="E33" s="9" t="s">
         <v>110</v>
       </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
-      <c r="H33" s="120"/>
-      <c r="I33" s="121"/>
+      <c r="H33" s="130"/>
+      <c r="I33" s="131"/>
       <c r="J33" s="12" t="s">
         <v>111</v>
       </c>
       <c r="K33" s="2"/>
       <c r="L33" s="2"/>
-      <c r="M33" s="120"/>
-      <c r="N33" s="121"/>
+      <c r="M33" s="130"/>
+      <c r="N33" s="131"/>
       <c r="O33" s="5"/>
       <c r="P33" s="5"/>
-      <c r="Q33" s="119"/>
-[...6 lines deleted...]
-      <c r="X33" s="119"/>
+      <c r="Q33" s="129"/>
+      <c r="R33" s="129"/>
+      <c r="S33" s="129"/>
+      <c r="T33" s="129"/>
+      <c r="U33" s="129"/>
+      <c r="V33" s="129"/>
+      <c r="W33" s="129"/>
+      <c r="X33" s="129"/>
     </row>
-    <row r="34" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="34" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="6" t="s">
         <v>112</v>
       </c>
       <c r="B34" s="4"/>
       <c r="C34" s="1"/>
       <c r="D34" s="2"/>
       <c r="E34" s="9" t="s">
         <v>113</v>
       </c>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
-      <c r="H34" s="120"/>
-      <c r="I34" s="121"/>
+      <c r="H34" s="130"/>
+      <c r="I34" s="131"/>
       <c r="J34" s="12" t="s">
         <v>114</v>
       </c>
       <c r="K34" s="2"/>
       <c r="L34" s="2"/>
-      <c r="M34" s="120"/>
-      <c r="N34" s="121"/>
+      <c r="M34" s="130"/>
+      <c r="N34" s="131"/>
       <c r="O34" s="5"/>
       <c r="P34" s="5"/>
-      <c r="Q34" s="119"/>
-[...6 lines deleted...]
-      <c r="X34" s="119"/>
+      <c r="Q34" s="129"/>
+      <c r="R34" s="129"/>
+      <c r="S34" s="129"/>
+      <c r="T34" s="129"/>
+      <c r="U34" s="129"/>
+      <c r="V34" s="129"/>
+      <c r="W34" s="129"/>
+      <c r="X34" s="129"/>
     </row>
-    <row r="35" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="35" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="6" t="s">
         <v>115</v>
       </c>
       <c r="B35" s="4"/>
       <c r="C35" s="1"/>
       <c r="D35" s="2"/>
       <c r="E35" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
-      <c r="H35" s="120"/>
-      <c r="I35" s="121"/>
+      <c r="H35" s="130"/>
+      <c r="I35" s="131"/>
       <c r="J35" s="12" t="s">
         <v>117</v>
       </c>
       <c r="K35" s="2"/>
       <c r="L35" s="2"/>
-      <c r="M35" s="120"/>
-      <c r="N35" s="121"/>
+      <c r="M35" s="130"/>
+      <c r="N35" s="131"/>
       <c r="O35" s="5"/>
-      <c r="P35" s="135" t="s">
+      <c r="P35" s="145" t="s">
         <v>118</v>
       </c>
-      <c r="Q35" s="151" t="s">
+      <c r="Q35" s="161" t="s">
         <v>119</v>
       </c>
-      <c r="R35" s="152"/>
-      <c r="S35" s="155" t="s">
+      <c r="R35" s="162"/>
+      <c r="S35" s="165" t="s">
         <v>120</v>
       </c>
-      <c r="T35" s="156"/>
-      <c r="U35" s="159" t="s">
+      <c r="T35" s="166"/>
+      <c r="U35" s="169" t="s">
         <v>121</v>
       </c>
-      <c r="V35" s="160"/>
-[...1 lines deleted...]
-      <c r="X35" s="119"/>
+      <c r="V35" s="170"/>
+      <c r="W35" s="129"/>
+      <c r="X35" s="129"/>
     </row>
-    <row r="36" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="36" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="6" t="s">
         <v>122</v>
       </c>
       <c r="B36" s="4"/>
       <c r="C36" s="1"/>
       <c r="D36" s="2"/>
       <c r="E36" s="5"/>
       <c r="F36" s="5"/>
       <c r="G36" s="5"/>
-      <c r="H36" s="119"/>
-[...1 lines deleted...]
-      <c r="J36" s="163" t="s">
+      <c r="H36" s="129"/>
+      <c r="I36" s="129"/>
+      <c r="J36" s="173" t="s">
         <v>293</v>
       </c>
-      <c r="K36" s="164"/>
-[...2 lines deleted...]
-      <c r="N36" s="165"/>
+      <c r="K36" s="174"/>
+      <c r="L36" s="174"/>
+      <c r="M36" s="174"/>
+      <c r="N36" s="175"/>
       <c r="O36" s="5"/>
-      <c r="P36" s="136"/>
-[...7 lines deleted...]
-      <c r="X36" s="119"/>
+      <c r="P36" s="146"/>
+      <c r="Q36" s="163"/>
+      <c r="R36" s="164"/>
+      <c r="S36" s="167"/>
+      <c r="T36" s="168"/>
+      <c r="U36" s="171"/>
+      <c r="V36" s="172"/>
+      <c r="W36" s="129"/>
+      <c r="X36" s="129"/>
     </row>
-    <row r="37" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="37" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="6" t="s">
         <v>123</v>
       </c>
       <c r="B37" s="4"/>
       <c r="C37" s="1"/>
       <c r="D37" s="2"/>
-      <c r="E37" s="148" t="s">
+      <c r="E37" s="158" t="s">
         <v>124</v>
       </c>
-      <c r="F37" s="149"/>
-[...2 lines deleted...]
-      <c r="I37" s="150"/>
+      <c r="F37" s="159"/>
+      <c r="G37" s="159"/>
+      <c r="H37" s="159"/>
+      <c r="I37" s="160"/>
       <c r="J37" s="12" t="s">
         <v>125</v>
       </c>
       <c r="K37" s="2"/>
       <c r="L37" s="2"/>
-      <c r="M37" s="120"/>
-      <c r="N37" s="121"/>
+      <c r="M37" s="130"/>
+      <c r="N37" s="131"/>
       <c r="O37" s="5"/>
-      <c r="P37" s="135" t="s">
+      <c r="P37" s="145" t="s">
         <v>126</v>
       </c>
-      <c r="Q37" s="141"/>
-[...1 lines deleted...]
-      <c r="S37" s="141">
+      <c r="Q37" s="151"/>
+      <c r="R37" s="152"/>
+      <c r="S37" s="151">
         <f>U29</f>
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="U37" s="141">
+        <v>603</v>
+      </c>
+      <c r="T37" s="152"/>
+      <c r="U37" s="151">
         <f>(Q37*0.001)*S37</f>
         <v>0</v>
       </c>
-      <c r="V37" s="142"/>
-[...1 lines deleted...]
-      <c r="X37" s="119"/>
+      <c r="V37" s="152"/>
+      <c r="W37" s="129"/>
+      <c r="X37" s="129"/>
     </row>
-    <row r="38" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="38" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="6" t="s">
         <v>127</v>
       </c>
       <c r="B38" s="4"/>
       <c r="C38" s="1"/>
       <c r="D38" s="2"/>
       <c r="E38" s="9" t="s">
         <v>9</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G38" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="H38" s="126" t="s">
+      <c r="H38" s="136" t="s">
         <v>12</v>
       </c>
-      <c r="I38" s="127"/>
+      <c r="I38" s="137"/>
       <c r="J38" s="12" t="s">
         <v>128</v>
       </c>
       <c r="K38" s="2"/>
       <c r="L38" s="2"/>
-      <c r="M38" s="120"/>
-      <c r="N38" s="121"/>
+      <c r="M38" s="130"/>
+      <c r="N38" s="131"/>
       <c r="O38" s="5"/>
-      <c r="P38" s="136"/>
-[...7 lines deleted...]
-      <c r="X38" s="119"/>
+      <c r="P38" s="146"/>
+      <c r="Q38" s="153"/>
+      <c r="R38" s="154"/>
+      <c r="S38" s="153"/>
+      <c r="T38" s="154"/>
+      <c r="U38" s="153"/>
+      <c r="V38" s="154"/>
+      <c r="W38" s="129"/>
+      <c r="X38" s="129"/>
     </row>
-    <row r="39" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="39" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="5"/>
       <c r="B39" s="5"/>
       <c r="C39" s="5"/>
       <c r="D39" s="5"/>
       <c r="E39" s="9" t="s">
         <v>129</v>
       </c>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
-      <c r="H39" s="120"/>
-      <c r="I39" s="121"/>
+      <c r="H39" s="130"/>
+      <c r="I39" s="131"/>
       <c r="J39" s="12" t="s">
         <v>130</v>
       </c>
       <c r="K39" s="2"/>
       <c r="L39" s="2"/>
-      <c r="M39" s="120"/>
-      <c r="N39" s="121"/>
+      <c r="M39" s="130"/>
+      <c r="N39" s="131"/>
       <c r="O39" s="5"/>
-      <c r="P39" s="135" t="s">
+      <c r="P39" s="145" t="s">
         <v>131</v>
       </c>
-      <c r="Q39" s="137"/>
-[...1 lines deleted...]
-      <c r="S39" s="141">
+      <c r="Q39" s="147"/>
+      <c r="R39" s="148"/>
+      <c r="S39" s="151">
         <f>U32</f>
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="U39" s="141">
+        <v>603</v>
+      </c>
+      <c r="T39" s="152"/>
+      <c r="U39" s="151">
         <f>(Q39*0.001)*S39</f>
         <v>0</v>
       </c>
-      <c r="V39" s="142"/>
-[...1 lines deleted...]
-      <c r="X39" s="119"/>
+      <c r="V39" s="152"/>
+      <c r="W39" s="129"/>
+      <c r="X39" s="129"/>
     </row>
-    <row r="40" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A40" s="145" t="s">
+    <row r="40" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="155" t="s">
         <v>132</v>
       </c>
-      <c r="B40" s="146"/>
-[...1 lines deleted...]
-      <c r="D40" s="147"/>
+      <c r="B40" s="156"/>
+      <c r="C40" s="156"/>
+      <c r="D40" s="157"/>
       <c r="E40" s="9" t="s">
         <v>133</v>
       </c>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
-      <c r="H40" s="120"/>
-      <c r="I40" s="121"/>
+      <c r="H40" s="130"/>
+      <c r="I40" s="131"/>
       <c r="J40" s="12" t="s">
         <v>134</v>
       </c>
       <c r="K40" s="2"/>
       <c r="L40" s="2"/>
-      <c r="M40" s="120"/>
-      <c r="N40" s="121"/>
+      <c r="M40" s="130"/>
+      <c r="N40" s="131"/>
       <c r="O40" s="5"/>
-      <c r="P40" s="136"/>
-[...7 lines deleted...]
-      <c r="X40" s="119"/>
+      <c r="P40" s="146"/>
+      <c r="Q40" s="149"/>
+      <c r="R40" s="150"/>
+      <c r="S40" s="153"/>
+      <c r="T40" s="154"/>
+      <c r="U40" s="153"/>
+      <c r="V40" s="154"/>
+      <c r="W40" s="129"/>
+      <c r="X40" s="129"/>
     </row>
-    <row r="41" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="41" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>11</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>135</v>
       </c>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
-      <c r="H41" s="120"/>
-      <c r="I41" s="121"/>
+      <c r="H41" s="130"/>
+      <c r="I41" s="131"/>
       <c r="J41" s="12" t="s">
         <v>136</v>
       </c>
       <c r="K41" s="2"/>
       <c r="L41" s="2"/>
-      <c r="M41" s="120"/>
-      <c r="N41" s="121"/>
+      <c r="M41" s="130"/>
+      <c r="N41" s="131"/>
       <c r="O41" s="5"/>
       <c r="P41" s="5"/>
-      <c r="Q41" s="119"/>
-[...6 lines deleted...]
-      <c r="X41" s="119"/>
+      <c r="Q41" s="129"/>
+      <c r="R41" s="129"/>
+      <c r="S41" s="129"/>
+      <c r="T41" s="129"/>
+      <c r="U41" s="129"/>
+      <c r="V41" s="129"/>
+      <c r="W41" s="129"/>
+      <c r="X41" s="129"/>
     </row>
-    <row r="42" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="42" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="6" t="s">
         <v>137</v>
       </c>
       <c r="B42" s="4"/>
       <c r="C42" s="1"/>
       <c r="D42" s="2"/>
       <c r="E42" s="5"/>
       <c r="F42" s="5"/>
       <c r="G42" s="5"/>
-      <c r="H42" s="119"/>
-      <c r="I42" s="119"/>
+      <c r="H42" s="129"/>
+      <c r="I42" s="129"/>
       <c r="J42" s="12" t="s">
         <v>138</v>
       </c>
       <c r="K42" s="2"/>
       <c r="L42" s="2"/>
-      <c r="M42" s="120"/>
-      <c r="N42" s="121"/>
+      <c r="M42" s="130"/>
+      <c r="N42" s="131"/>
       <c r="O42" s="5"/>
       <c r="P42" s="5"/>
-      <c r="Q42" s="119"/>
-[...6 lines deleted...]
-      <c r="X42" s="119"/>
+      <c r="Q42" s="129"/>
+      <c r="R42" s="129"/>
+      <c r="S42" s="129"/>
+      <c r="T42" s="129"/>
+      <c r="U42" s="129"/>
+      <c r="V42" s="129"/>
+      <c r="W42" s="129"/>
+      <c r="X42" s="129"/>
     </row>
-    <row r="43" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="43" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="6" t="s">
         <v>139</v>
       </c>
       <c r="B43" s="4"/>
       <c r="C43" s="1"/>
       <c r="D43" s="2"/>
-      <c r="E43" s="131" t="s">
+      <c r="E43" s="141" t="s">
         <v>140</v>
       </c>
-      <c r="F43" s="132"/>
-[...2 lines deleted...]
-      <c r="I43" s="133"/>
+      <c r="F43" s="142"/>
+      <c r="G43" s="142"/>
+      <c r="H43" s="142"/>
+      <c r="I43" s="143"/>
       <c r="J43" s="12" t="s">
         <v>141</v>
       </c>
       <c r="K43" s="2"/>
       <c r="L43" s="2"/>
-      <c r="M43" s="120"/>
-      <c r="N43" s="121"/>
+      <c r="M43" s="130"/>
+      <c r="N43" s="131"/>
       <c r="O43" s="5"/>
       <c r="P43" s="5"/>
-      <c r="Q43" s="119"/>
-[...6 lines deleted...]
-      <c r="X43" s="119"/>
+      <c r="Q43" s="129"/>
+      <c r="R43" s="129"/>
+      <c r="S43" s="129"/>
+      <c r="T43" s="129"/>
+      <c r="U43" s="129"/>
+      <c r="V43" s="129"/>
+      <c r="W43" s="129"/>
+      <c r="X43" s="129"/>
     </row>
-    <row r="44" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="44" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="6" t="s">
         <v>142</v>
       </c>
       <c r="B44" s="4"/>
       <c r="C44" s="1"/>
       <c r="D44" s="2"/>
       <c r="E44" s="9" t="s">
         <v>9</v>
       </c>
       <c r="F44" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G44" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="H44" s="126" t="s">
+      <c r="H44" s="136" t="s">
         <v>12</v>
       </c>
-      <c r="I44" s="127"/>
+      <c r="I44" s="137"/>
       <c r="J44" s="12" t="s">
         <v>143</v>
       </c>
       <c r="K44" s="2"/>
       <c r="L44" s="2"/>
-      <c r="M44" s="120"/>
-      <c r="N44" s="121"/>
+      <c r="M44" s="130"/>
+      <c r="N44" s="131"/>
       <c r="O44" s="5"/>
       <c r="P44" s="5"/>
-      <c r="Q44" s="119"/>
-[...6 lines deleted...]
-      <c r="X44" s="119"/>
+      <c r="Q44" s="129"/>
+      <c r="R44" s="129"/>
+      <c r="S44" s="129"/>
+      <c r="T44" s="129"/>
+      <c r="U44" s="129"/>
+      <c r="V44" s="129"/>
+      <c r="W44" s="129"/>
+      <c r="X44" s="129"/>
     </row>
-    <row r="45" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="45" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="6" t="s">
         <v>144</v>
       </c>
       <c r="B45" s="4"/>
       <c r="C45" s="1"/>
       <c r="D45" s="2"/>
       <c r="E45" s="9" t="s">
         <v>145</v>
       </c>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
-      <c r="H45" s="120"/>
-      <c r="I45" s="121"/>
+      <c r="H45" s="130"/>
+      <c r="I45" s="131"/>
       <c r="J45" s="12" t="s">
         <v>146</v>
       </c>
       <c r="K45" s="2"/>
       <c r="L45" s="2"/>
-      <c r="M45" s="120"/>
-      <c r="N45" s="121"/>
+      <c r="M45" s="130"/>
+      <c r="N45" s="131"/>
       <c r="O45" s="5"/>
       <c r="P45" s="5"/>
-      <c r="Q45" s="119"/>
-[...6 lines deleted...]
-      <c r="X45" s="119"/>
+      <c r="Q45" s="129"/>
+      <c r="R45" s="129"/>
+      <c r="S45" s="129"/>
+      <c r="T45" s="129"/>
+      <c r="U45" s="129"/>
+      <c r="V45" s="129"/>
+      <c r="W45" s="129"/>
+      <c r="X45" s="129"/>
     </row>
-    <row r="46" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="46" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="5"/>
       <c r="B46" s="5"/>
       <c r="C46" s="5"/>
       <c r="D46" s="5"/>
       <c r="E46" s="9" t="s">
         <v>147</v>
       </c>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
-      <c r="H46" s="120"/>
-      <c r="I46" s="121"/>
+      <c r="H46" s="130"/>
+      <c r="I46" s="131"/>
       <c r="J46" s="13" t="s">
         <v>148</v>
       </c>
       <c r="K46" s="22">
         <f>K12+K13+K14+K15+K16+K17+K18+K19+K20+K21+K22+K24+K25+K26+K27+K28+K29+K30+K31+K32+K33+K34+K35+K37+K39+K40+K42+K43+K44+K45</f>
         <v>0</v>
       </c>
       <c r="L46" s="22">
         <f>L12+L13+L14+L15+L16+L17+L18+L19+L20+L21+L22+L24+L25+L26+L27+L28+L29+L30+L31+L32+L33+L34+L35+L37+L38+L39+L40+L41+L42+L43+L44+L45</f>
         <v>0</v>
       </c>
-      <c r="M46" s="123">
+      <c r="M46" s="133">
         <f>M12+M13+M14+M15+M16+M17+M18+M19+M20+M21+M22+M24+M25+M26+M27+M28+M29+M30+M31+M32+M33+M34+M35+M37+M38+M39+M40+M41+M42+M43+M44+M45</f>
         <v>0</v>
       </c>
-      <c r="N46" s="125"/>
+      <c r="N46" s="135"/>
       <c r="O46" s="5"/>
       <c r="P46" s="5"/>
-      <c r="Q46" s="119"/>
-[...6 lines deleted...]
-      <c r="X46" s="119"/>
+      <c r="Q46" s="129"/>
+      <c r="R46" s="129"/>
+      <c r="S46" s="129"/>
+      <c r="T46" s="129"/>
+      <c r="U46" s="129"/>
+      <c r="V46" s="129"/>
+      <c r="W46" s="129"/>
+      <c r="X46" s="129"/>
     </row>
-    <row r="47" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A47" s="131" t="s">
+    <row r="47" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="141" t="s">
         <v>149</v>
       </c>
-      <c r="B47" s="132"/>
-[...1 lines deleted...]
-      <c r="D47" s="133"/>
+      <c r="B47" s="142"/>
+      <c r="C47" s="142"/>
+      <c r="D47" s="143"/>
       <c r="E47" s="9" t="s">
         <v>150</v>
       </c>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
-      <c r="H47" s="120"/>
-      <c r="I47" s="121"/>
+      <c r="H47" s="130"/>
+      <c r="I47" s="131"/>
       <c r="J47" s="5"/>
       <c r="K47" s="5"/>
       <c r="L47" s="5"/>
-      <c r="M47" s="119"/>
-      <c r="N47" s="119"/>
+      <c r="M47" s="129"/>
+      <c r="N47" s="129"/>
       <c r="O47" s="5"/>
       <c r="P47" s="5"/>
-      <c r="Q47" s="119"/>
-[...6 lines deleted...]
-      <c r="X47" s="119"/>
+      <c r="Q47" s="129"/>
+      <c r="R47" s="129"/>
+      <c r="S47" s="129"/>
+      <c r="T47" s="129"/>
+      <c r="U47" s="129"/>
+      <c r="V47" s="129"/>
+      <c r="W47" s="129"/>
+      <c r="X47" s="129"/>
     </row>
-    <row r="48" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="48" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>11</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>151</v>
       </c>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
-      <c r="H48" s="120"/>
-[...1 lines deleted...]
-      <c r="J48" s="131" t="s">
+      <c r="H48" s="130"/>
+      <c r="I48" s="131"/>
+      <c r="J48" s="141" t="s">
         <v>152</v>
       </c>
-      <c r="K48" s="132"/>
-[...2 lines deleted...]
-      <c r="N48" s="133"/>
+      <c r="K48" s="142"/>
+      <c r="L48" s="142"/>
+      <c r="M48" s="142"/>
+      <c r="N48" s="143"/>
       <c r="O48" s="5"/>
       <c r="P48" s="5"/>
-      <c r="Q48" s="119"/>
-[...6 lines deleted...]
-      <c r="X48" s="119"/>
+      <c r="Q48" s="129"/>
+      <c r="R48" s="129"/>
+      <c r="S48" s="129"/>
+      <c r="T48" s="129"/>
+      <c r="U48" s="129"/>
+      <c r="V48" s="129"/>
+      <c r="W48" s="129"/>
+      <c r="X48" s="129"/>
     </row>
-    <row r="49" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="49" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="6" t="s">
         <v>153</v>
       </c>
       <c r="B49" s="4"/>
       <c r="C49" s="1"/>
       <c r="D49" s="2"/>
       <c r="E49" s="9" t="s">
         <v>154</v>
       </c>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
-      <c r="H49" s="120"/>
-      <c r="I49" s="121"/>
+      <c r="H49" s="130"/>
+      <c r="I49" s="131"/>
       <c r="J49" s="10" t="s">
         <v>9</v>
       </c>
       <c r="K49" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="L49" s="126" t="s">
+      <c r="L49" s="136" t="s">
         <v>12</v>
       </c>
-      <c r="M49" s="134"/>
-      <c r="N49" s="127"/>
+      <c r="M49" s="144"/>
+      <c r="N49" s="137"/>
       <c r="O49" s="5"/>
       <c r="P49" s="5"/>
-      <c r="Q49" s="119"/>
-[...6 lines deleted...]
-      <c r="X49" s="119"/>
+      <c r="Q49" s="129"/>
+      <c r="R49" s="129"/>
+      <c r="S49" s="129"/>
+      <c r="T49" s="129"/>
+      <c r="U49" s="129"/>
+      <c r="V49" s="129"/>
+      <c r="W49" s="129"/>
+      <c r="X49" s="129"/>
     </row>
-    <row r="50" spans="1:24" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="50" spans="1:24" ht="10" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="1"/>
       <c r="D50" s="2"/>
       <c r="E50" s="9" t="s">
         <v>156</v>
       </c>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
-      <c r="H50" s="120"/>
-      <c r="I50" s="121"/>
+      <c r="H50" s="130"/>
+      <c r="I50" s="131"/>
       <c r="J50" s="12" t="s">
         <v>157</v>
       </c>
       <c r="K50" s="2"/>
-      <c r="L50" s="120"/>
-[...1 lines deleted...]
-      <c r="N50" s="121"/>
+      <c r="L50" s="130"/>
+      <c r="M50" s="132"/>
+      <c r="N50" s="131"/>
       <c r="O50" s="5"/>
       <c r="P50" s="5"/>
-      <c r="Q50" s="119"/>
-[...6 lines deleted...]
-      <c r="X50" s="119"/>
+      <c r="Q50" s="129"/>
+      <c r="R50" s="129"/>
+      <c r="S50" s="129"/>
+      <c r="T50" s="129"/>
+      <c r="U50" s="129"/>
+      <c r="V50" s="129"/>
+      <c r="W50" s="129"/>
+      <c r="X50" s="129"/>
     </row>
-    <row r="51" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="51" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="5"/>
       <c r="B51" s="5"/>
       <c r="C51" s="5"/>
       <c r="D51" s="5"/>
       <c r="E51" s="9" t="s">
         <v>158</v>
       </c>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
-      <c r="H51" s="120"/>
-      <c r="I51" s="121"/>
+      <c r="H51" s="130"/>
+      <c r="I51" s="131"/>
       <c r="J51" s="12" t="s">
         <v>159</v>
       </c>
       <c r="K51" s="2"/>
-      <c r="L51" s="120"/>
-[...1 lines deleted...]
-      <c r="N51" s="121"/>
+      <c r="L51" s="130"/>
+      <c r="M51" s="132"/>
+      <c r="N51" s="131"/>
       <c r="O51" s="5"/>
       <c r="P51" s="5"/>
-      <c r="Q51" s="119"/>
-[...6 lines deleted...]
-      <c r="X51" s="119"/>
+      <c r="Q51" s="129"/>
+      <c r="R51" s="129"/>
+      <c r="S51" s="129"/>
+      <c r="T51" s="129"/>
+      <c r="U51" s="129"/>
+      <c r="V51" s="129"/>
+      <c r="W51" s="129"/>
+      <c r="X51" s="129"/>
     </row>
-    <row r="52" spans="1:24" ht="10.95" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A52" s="131" t="s">
+    <row r="52" spans="1:24" ht="11.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="141" t="s">
         <v>160</v>
       </c>
-      <c r="B52" s="132"/>
-[...1 lines deleted...]
-      <c r="D52" s="133"/>
+      <c r="B52" s="142"/>
+      <c r="C52" s="142"/>
+      <c r="D52" s="143"/>
       <c r="E52" s="9" t="s">
         <v>161</v>
       </c>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
-      <c r="H52" s="120"/>
-      <c r="I52" s="121"/>
+      <c r="H52" s="130"/>
+      <c r="I52" s="131"/>
       <c r="J52" s="12" t="s">
         <v>162</v>
       </c>
       <c r="K52" s="2"/>
-      <c r="L52" s="120"/>
-[...1 lines deleted...]
-      <c r="N52" s="121"/>
+      <c r="L52" s="130"/>
+      <c r="M52" s="132"/>
+      <c r="N52" s="131"/>
       <c r="O52" s="5"/>
       <c r="P52" s="5"/>
-      <c r="Q52" s="119"/>
-[...6 lines deleted...]
-      <c r="X52" s="119"/>
+      <c r="Q52" s="129"/>
+      <c r="R52" s="129"/>
+      <c r="S52" s="129"/>
+      <c r="T52" s="129"/>
+      <c r="U52" s="129"/>
+      <c r="V52" s="129"/>
+      <c r="W52" s="129"/>
+      <c r="X52" s="129"/>
     </row>
-    <row r="53" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="53" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>163</v>
       </c>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
-      <c r="H53" s="120"/>
-      <c r="I53" s="121"/>
+      <c r="H53" s="130"/>
+      <c r="I53" s="131"/>
       <c r="J53" s="12" t="s">
         <v>164</v>
       </c>
       <c r="K53" s="2"/>
-      <c r="L53" s="120"/>
-[...1 lines deleted...]
-      <c r="N53" s="121"/>
+      <c r="L53" s="130"/>
+      <c r="M53" s="132"/>
+      <c r="N53" s="131"/>
       <c r="O53" s="5"/>
       <c r="P53" s="5"/>
-      <c r="Q53" s="119"/>
-[...6 lines deleted...]
-      <c r="X53" s="119"/>
+      <c r="Q53" s="129"/>
+      <c r="R53" s="129"/>
+      <c r="S53" s="129"/>
+      <c r="T53" s="129"/>
+      <c r="U53" s="129"/>
+      <c r="V53" s="129"/>
+      <c r="W53" s="129"/>
+      <c r="X53" s="129"/>
     </row>
-    <row r="54" spans="1:24" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="54" spans="1:24" ht="10" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="6" t="s">
         <v>165</v>
       </c>
       <c r="B54" s="4"/>
       <c r="C54" s="1"/>
       <c r="D54" s="2"/>
       <c r="E54" s="9" t="s">
         <v>166</v>
       </c>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
-      <c r="H54" s="120"/>
-      <c r="I54" s="121"/>
+      <c r="H54" s="130"/>
+      <c r="I54" s="131"/>
       <c r="J54" s="12" t="s">
         <v>167</v>
       </c>
       <c r="K54" s="2"/>
-      <c r="L54" s="120"/>
-[...1 lines deleted...]
-      <c r="N54" s="121"/>
+      <c r="L54" s="130"/>
+      <c r="M54" s="132"/>
+      <c r="N54" s="131"/>
       <c r="O54" s="5"/>
       <c r="P54" s="5"/>
-      <c r="Q54" s="119"/>
-[...6 lines deleted...]
-      <c r="X54" s="119"/>
+      <c r="Q54" s="129"/>
+      <c r="R54" s="129"/>
+      <c r="S54" s="129"/>
+      <c r="T54" s="129"/>
+      <c r="U54" s="129"/>
+      <c r="V54" s="129"/>
+      <c r="W54" s="129"/>
+      <c r="X54" s="129"/>
     </row>
-    <row r="55" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="55" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="6" t="s">
         <v>168</v>
       </c>
       <c r="B55" s="4"/>
       <c r="C55" s="1"/>
       <c r="D55" s="2"/>
       <c r="E55" s="5"/>
       <c r="F55" s="5"/>
       <c r="G55" s="5"/>
-      <c r="H55" s="119"/>
-      <c r="I55" s="119"/>
+      <c r="H55" s="129"/>
+      <c r="I55" s="129"/>
       <c r="J55" s="12" t="s">
         <v>169</v>
       </c>
       <c r="K55" s="2"/>
-      <c r="L55" s="120"/>
-[...1 lines deleted...]
-      <c r="N55" s="121"/>
+      <c r="L55" s="130"/>
+      <c r="M55" s="132"/>
+      <c r="N55" s="131"/>
       <c r="O55" s="5"/>
       <c r="P55" s="5"/>
-      <c r="Q55" s="119"/>
-[...6 lines deleted...]
-      <c r="X55" s="119"/>
+      <c r="Q55" s="129"/>
+      <c r="R55" s="129"/>
+      <c r="S55" s="129"/>
+      <c r="T55" s="129"/>
+      <c r="U55" s="129"/>
+      <c r="V55" s="129"/>
+      <c r="W55" s="129"/>
+      <c r="X55" s="129"/>
     </row>
-    <row r="56" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="56" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="6" t="s">
         <v>170</v>
       </c>
       <c r="B56" s="4"/>
       <c r="C56" s="1"/>
       <c r="D56" s="2"/>
-      <c r="E56" s="128" t="s">
+      <c r="E56" s="138" t="s">
         <v>171</v>
       </c>
-      <c r="F56" s="129"/>
-[...2 lines deleted...]
-      <c r="I56" s="130"/>
+      <c r="F56" s="139"/>
+      <c r="G56" s="139"/>
+      <c r="H56" s="139"/>
+      <c r="I56" s="140"/>
       <c r="J56" s="12" t="s">
         <v>172</v>
       </c>
       <c r="K56" s="2"/>
-      <c r="L56" s="120"/>
-[...1 lines deleted...]
-      <c r="N56" s="121"/>
+      <c r="L56" s="130"/>
+      <c r="M56" s="132"/>
+      <c r="N56" s="131"/>
       <c r="O56" s="5"/>
       <c r="P56" s="5"/>
-      <c r="Q56" s="119"/>
-[...6 lines deleted...]
-      <c r="X56" s="119"/>
+      <c r="Q56" s="129"/>
+      <c r="R56" s="129"/>
+      <c r="S56" s="129"/>
+      <c r="T56" s="129"/>
+      <c r="U56" s="129"/>
+      <c r="V56" s="129"/>
+      <c r="W56" s="129"/>
+      <c r="X56" s="129"/>
     </row>
-    <row r="57" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="57" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="6" t="s">
         <v>173</v>
       </c>
       <c r="B57" s="4"/>
       <c r="C57" s="1"/>
       <c r="D57" s="2"/>
       <c r="E57" s="9" t="s">
         <v>9</v>
       </c>
       <c r="F57" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G57" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="H57" s="126" t="s">
+      <c r="H57" s="136" t="s">
         <v>12</v>
       </c>
-      <c r="I57" s="127"/>
+      <c r="I57" s="137"/>
       <c r="J57" s="12" t="s">
         <v>174</v>
       </c>
       <c r="K57" s="2"/>
-      <c r="L57" s="120"/>
-[...1 lines deleted...]
-      <c r="N57" s="121"/>
+      <c r="L57" s="130"/>
+      <c r="M57" s="132"/>
+      <c r="N57" s="131"/>
       <c r="O57" s="5"/>
       <c r="P57" s="5"/>
-      <c r="Q57" s="119"/>
-[...6 lines deleted...]
-      <c r="X57" s="119"/>
+      <c r="Q57" s="129"/>
+      <c r="R57" s="129"/>
+      <c r="S57" s="129"/>
+      <c r="T57" s="129"/>
+      <c r="U57" s="129"/>
+      <c r="V57" s="129"/>
+      <c r="W57" s="129"/>
+      <c r="X57" s="129"/>
     </row>
-    <row r="58" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="58" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="6" t="s">
         <v>175</v>
       </c>
       <c r="B58" s="4"/>
       <c r="C58" s="1"/>
       <c r="D58" s="2"/>
       <c r="E58" s="9" t="s">
         <v>176</v>
       </c>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
-      <c r="H58" s="120"/>
-      <c r="I58" s="121"/>
+      <c r="H58" s="130"/>
+      <c r="I58" s="131"/>
       <c r="J58" s="12" t="s">
         <v>177</v>
       </c>
       <c r="K58" s="2"/>
-      <c r="L58" s="120"/>
-[...1 lines deleted...]
-      <c r="N58" s="121"/>
+      <c r="L58" s="130"/>
+      <c r="M58" s="132"/>
+      <c r="N58" s="131"/>
       <c r="O58" s="5"/>
       <c r="P58" s="5"/>
-      <c r="Q58" s="119"/>
-[...6 lines deleted...]
-      <c r="X58" s="119"/>
+      <c r="Q58" s="129"/>
+      <c r="R58" s="129"/>
+      <c r="S58" s="129"/>
+      <c r="T58" s="129"/>
+      <c r="U58" s="129"/>
+      <c r="V58" s="129"/>
+      <c r="W58" s="129"/>
+      <c r="X58" s="129"/>
     </row>
-    <row r="59" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="59" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="6" t="s">
         <v>178</v>
       </c>
       <c r="B59" s="4"/>
       <c r="C59" s="1"/>
       <c r="D59" s="2"/>
       <c r="E59" s="9" t="s">
         <v>179</v>
       </c>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
-      <c r="H59" s="120"/>
-      <c r="I59" s="121"/>
+      <c r="H59" s="130"/>
+      <c r="I59" s="131"/>
       <c r="J59" s="12" t="s">
         <v>180</v>
       </c>
       <c r="K59" s="2"/>
-      <c r="L59" s="120"/>
-[...1 lines deleted...]
-      <c r="N59" s="121"/>
+      <c r="L59" s="130"/>
+      <c r="M59" s="132"/>
+      <c r="N59" s="131"/>
       <c r="O59" s="5"/>
       <c r="P59" s="5"/>
-      <c r="Q59" s="119"/>
-[...6 lines deleted...]
-      <c r="X59" s="119"/>
+      <c r="Q59" s="129"/>
+      <c r="R59" s="129"/>
+      <c r="S59" s="129"/>
+      <c r="T59" s="129"/>
+      <c r="U59" s="129"/>
+      <c r="V59" s="129"/>
+      <c r="W59" s="129"/>
+      <c r="X59" s="129"/>
     </row>
-    <row r="60" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="60" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="6" t="s">
         <v>181</v>
       </c>
       <c r="B60" s="4"/>
       <c r="C60" s="1"/>
       <c r="D60" s="2"/>
       <c r="E60" s="9" t="s">
         <v>182</v>
       </c>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
-      <c r="H60" s="120"/>
-      <c r="I60" s="121"/>
+      <c r="H60" s="130"/>
+      <c r="I60" s="131"/>
       <c r="J60" s="13" t="s">
         <v>148</v>
       </c>
       <c r="K60" s="22">
         <f>SUM(K50:K59)</f>
         <v>0</v>
       </c>
-      <c r="L60" s="123">
+      <c r="L60" s="133">
         <f>SUM(L50:N59)</f>
         <v>0</v>
       </c>
-      <c r="M60" s="124"/>
-      <c r="N60" s="125"/>
+      <c r="M60" s="134"/>
+      <c r="N60" s="135"/>
       <c r="O60" s="5"/>
       <c r="P60" s="5"/>
-      <c r="Q60" s="119"/>
-[...6 lines deleted...]
-      <c r="X60" s="119"/>
+      <c r="Q60" s="129"/>
+      <c r="R60" s="129"/>
+      <c r="S60" s="129"/>
+      <c r="T60" s="129"/>
+      <c r="U60" s="129"/>
+      <c r="V60" s="129"/>
+      <c r="W60" s="129"/>
+      <c r="X60" s="129"/>
     </row>
-    <row r="61" spans="1:24" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="61" spans="1:24" ht="10" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="6" t="s">
         <v>183</v>
       </c>
       <c r="B61" s="4"/>
       <c r="C61" s="1"/>
       <c r="D61" s="2"/>
       <c r="E61" s="9" t="s">
         <v>184</v>
       </c>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
-      <c r="H61" s="120"/>
-      <c r="I61" s="121"/>
+      <c r="H61" s="130"/>
+      <c r="I61" s="131"/>
       <c r="J61" s="5"/>
       <c r="K61" s="5"/>
       <c r="L61" s="5"/>
-      <c r="M61" s="119"/>
-      <c r="N61" s="119"/>
+      <c r="M61" s="129"/>
+      <c r="N61" s="129"/>
       <c r="O61" s="5"/>
       <c r="P61" s="5"/>
-      <c r="Q61" s="119"/>
-[...6 lines deleted...]
-      <c r="X61" s="119"/>
+      <c r="Q61" s="129"/>
+      <c r="R61" s="129"/>
+      <c r="S61" s="129"/>
+      <c r="T61" s="129"/>
+      <c r="U61" s="129"/>
+      <c r="V61" s="129"/>
+      <c r="W61" s="129"/>
+      <c r="X61" s="129"/>
     </row>
-    <row r="62" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="62" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="6" t="s">
         <v>185</v>
       </c>
       <c r="B62" s="4"/>
       <c r="C62" s="1"/>
       <c r="D62" s="2"/>
       <c r="E62" s="5"/>
       <c r="F62" s="5"/>
       <c r="G62" s="5"/>
-      <c r="H62" s="119"/>
-      <c r="I62" s="119"/>
+      <c r="H62" s="129"/>
+      <c r="I62" s="129"/>
       <c r="J62" s="5"/>
       <c r="K62" s="5"/>
       <c r="L62" s="5"/>
-      <c r="M62" s="119"/>
-      <c r="N62" s="119"/>
+      <c r="M62" s="129"/>
+      <c r="N62" s="129"/>
       <c r="O62" s="5"/>
       <c r="P62" s="5"/>
-      <c r="Q62" s="119"/>
-[...6 lines deleted...]
-      <c r="X62" s="119"/>
+      <c r="Q62" s="129"/>
+      <c r="R62" s="129"/>
+      <c r="S62" s="129"/>
+      <c r="T62" s="129"/>
+      <c r="U62" s="129"/>
+      <c r="V62" s="129"/>
+      <c r="W62" s="129"/>
+      <c r="X62" s="129"/>
     </row>
-    <row r="63" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="63" spans="1:24" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="6" t="s">
         <v>186</v>
       </c>
       <c r="B63" s="4"/>
       <c r="C63" s="1"/>
       <c r="D63" s="2"/>
       <c r="E63" s="5"/>
       <c r="F63" s="5"/>
       <c r="G63" s="5"/>
-      <c r="H63" s="119"/>
-      <c r="I63" s="119"/>
+      <c r="H63" s="129"/>
+      <c r="I63" s="129"/>
       <c r="J63" s="5"/>
       <c r="K63" s="5"/>
       <c r="L63" s="5"/>
-      <c r="M63" s="119"/>
-      <c r="N63" s="119"/>
+      <c r="M63" s="129"/>
+      <c r="N63" s="129"/>
       <c r="O63" s="5"/>
       <c r="P63" s="5"/>
-      <c r="Q63" s="119"/>
-[...6 lines deleted...]
-      <c r="X63" s="119"/>
+      <c r="Q63" s="129"/>
+      <c r="R63" s="129"/>
+      <c r="S63" s="129"/>
+      <c r="T63" s="129"/>
+      <c r="U63" s="129"/>
+      <c r="V63" s="129"/>
+      <c r="W63" s="129"/>
+      <c r="X63" s="129"/>
     </row>
-    <row r="64" spans="1:24" ht="10.199999999999999" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="64" spans="1:24" ht="10.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="6" t="s">
         <v>187</v>
       </c>
       <c r="B64" s="4"/>
       <c r="C64" s="1"/>
       <c r="D64" s="2"/>
       <c r="E64" s="5"/>
       <c r="F64" s="5"/>
       <c r="G64" s="5"/>
-      <c r="H64" s="119"/>
-      <c r="I64" s="119"/>
+      <c r="H64" s="129"/>
+      <c r="I64" s="129"/>
       <c r="J64" s="5"/>
       <c r="K64" s="5"/>
       <c r="L64" s="5"/>
-      <c r="M64" s="119"/>
-      <c r="N64" s="119"/>
+      <c r="M64" s="129"/>
+      <c r="N64" s="129"/>
       <c r="O64" s="5"/>
       <c r="P64" s="5"/>
-      <c r="Q64" s="119"/>
-[...6 lines deleted...]
-      <c r="X64" s="119"/>
+      <c r="Q64" s="129"/>
+      <c r="R64" s="129"/>
+      <c r="S64" s="129"/>
+      <c r="T64" s="129"/>
+      <c r="U64" s="129"/>
+      <c r="V64" s="129"/>
+      <c r="W64" s="129"/>
+      <c r="X64" s="129"/>
     </row>
-    <row r="65" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A65" s="113" t="s">
+    <row r="65" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="123" t="s">
         <v>188</v>
       </c>
-      <c r="B65" s="114"/>
-[...20 lines deleted...]
-      <c r="W65" s="115"/>
+      <c r="B65" s="124"/>
+      <c r="C65" s="124"/>
+      <c r="D65" s="124"/>
+      <c r="E65" s="124"/>
+      <c r="F65" s="124"/>
+      <c r="G65" s="124"/>
+      <c r="H65" s="124"/>
+      <c r="I65" s="124"/>
+      <c r="J65" s="124"/>
+      <c r="K65" s="124"/>
+      <c r="L65" s="124"/>
+      <c r="M65" s="124"/>
+      <c r="N65" s="124"/>
+      <c r="O65" s="124"/>
+      <c r="P65" s="124"/>
+      <c r="Q65" s="124"/>
+      <c r="R65" s="124"/>
+      <c r="S65" s="124"/>
+      <c r="T65" s="124"/>
+      <c r="U65" s="124"/>
+      <c r="V65" s="124"/>
+      <c r="W65" s="125"/>
     </row>
-    <row r="66" spans="1:23" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A66" s="107" t="s">
+    <row r="66" spans="1:23" ht="10" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="117" t="s">
         <v>189</v>
       </c>
-      <c r="B66" s="108"/>
-[...20 lines deleted...]
-      <c r="W66" s="109"/>
+      <c r="B66" s="118"/>
+      <c r="C66" s="118"/>
+      <c r="D66" s="118"/>
+      <c r="E66" s="118"/>
+      <c r="F66" s="118"/>
+      <c r="G66" s="118"/>
+      <c r="H66" s="118"/>
+      <c r="I66" s="118"/>
+      <c r="J66" s="118"/>
+      <c r="K66" s="118"/>
+      <c r="L66" s="118"/>
+      <c r="M66" s="118"/>
+      <c r="N66" s="118"/>
+      <c r="O66" s="118"/>
+      <c r="P66" s="118"/>
+      <c r="Q66" s="118"/>
+      <c r="R66" s="118"/>
+      <c r="S66" s="118"/>
+      <c r="T66" s="118"/>
+      <c r="U66" s="118"/>
+      <c r="V66" s="118"/>
+      <c r="W66" s="119"/>
     </row>
-    <row r="67" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A67" s="107" t="s">
+    <row r="67" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="117" t="s">
         <v>190</v>
       </c>
-      <c r="B67" s="108"/>
-[...20 lines deleted...]
-      <c r="W67" s="109"/>
+      <c r="B67" s="118"/>
+      <c r="C67" s="118"/>
+      <c r="D67" s="118"/>
+      <c r="E67" s="118"/>
+      <c r="F67" s="118"/>
+      <c r="G67" s="118"/>
+      <c r="H67" s="118"/>
+      <c r="I67" s="118"/>
+      <c r="J67" s="118"/>
+      <c r="K67" s="118"/>
+      <c r="L67" s="118"/>
+      <c r="M67" s="118"/>
+      <c r="N67" s="118"/>
+      <c r="O67" s="118"/>
+      <c r="P67" s="118"/>
+      <c r="Q67" s="118"/>
+      <c r="R67" s="118"/>
+      <c r="S67" s="118"/>
+      <c r="T67" s="118"/>
+      <c r="U67" s="118"/>
+      <c r="V67" s="118"/>
+      <c r="W67" s="119"/>
     </row>
-    <row r="68" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A68" s="107" t="s">
+    <row r="68" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="117" t="s">
         <v>191</v>
       </c>
-      <c r="B68" s="108"/>
-[...20 lines deleted...]
-      <c r="W68" s="109"/>
+      <c r="B68" s="118"/>
+      <c r="C68" s="118"/>
+      <c r="D68" s="118"/>
+      <c r="E68" s="118"/>
+      <c r="F68" s="118"/>
+      <c r="G68" s="118"/>
+      <c r="H68" s="118"/>
+      <c r="I68" s="118"/>
+      <c r="J68" s="118"/>
+      <c r="K68" s="118"/>
+      <c r="L68" s="118"/>
+      <c r="M68" s="118"/>
+      <c r="N68" s="118"/>
+      <c r="O68" s="118"/>
+      <c r="P68" s="118"/>
+      <c r="Q68" s="118"/>
+      <c r="R68" s="118"/>
+      <c r="S68" s="118"/>
+      <c r="T68" s="118"/>
+      <c r="U68" s="118"/>
+      <c r="V68" s="118"/>
+      <c r="W68" s="119"/>
     </row>
-    <row r="69" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A69" s="107" t="s">
+    <row r="69" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="117" t="s">
         <v>192</v>
       </c>
-      <c r="B69" s="108"/>
-[...20 lines deleted...]
-      <c r="W69" s="109"/>
+      <c r="B69" s="118"/>
+      <c r="C69" s="118"/>
+      <c r="D69" s="118"/>
+      <c r="E69" s="118"/>
+      <c r="F69" s="118"/>
+      <c r="G69" s="118"/>
+      <c r="H69" s="118"/>
+      <c r="I69" s="118"/>
+      <c r="J69" s="118"/>
+      <c r="K69" s="118"/>
+      <c r="L69" s="118"/>
+      <c r="M69" s="118"/>
+      <c r="N69" s="118"/>
+      <c r="O69" s="118"/>
+      <c r="P69" s="118"/>
+      <c r="Q69" s="118"/>
+      <c r="R69" s="118"/>
+      <c r="S69" s="118"/>
+      <c r="T69" s="118"/>
+      <c r="U69" s="118"/>
+      <c r="V69" s="118"/>
+      <c r="W69" s="119"/>
     </row>
-    <row r="70" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A70" s="107" t="s">
+    <row r="70" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="117" t="s">
         <v>193</v>
       </c>
-      <c r="B70" s="108"/>
-[...20 lines deleted...]
-      <c r="W70" s="109"/>
+      <c r="B70" s="118"/>
+      <c r="C70" s="118"/>
+      <c r="D70" s="118"/>
+      <c r="E70" s="118"/>
+      <c r="F70" s="118"/>
+      <c r="G70" s="118"/>
+      <c r="H70" s="118"/>
+      <c r="I70" s="118"/>
+      <c r="J70" s="118"/>
+      <c r="K70" s="118"/>
+      <c r="L70" s="118"/>
+      <c r="M70" s="118"/>
+      <c r="N70" s="118"/>
+      <c r="O70" s="118"/>
+      <c r="P70" s="118"/>
+      <c r="Q70" s="118"/>
+      <c r="R70" s="118"/>
+      <c r="S70" s="118"/>
+      <c r="T70" s="118"/>
+      <c r="U70" s="118"/>
+      <c r="V70" s="118"/>
+      <c r="W70" s="119"/>
     </row>
-    <row r="71" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A71" s="107" t="s">
+    <row r="71" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="117" t="s">
         <v>194</v>
       </c>
-      <c r="B71" s="108"/>
-[...20 lines deleted...]
-      <c r="W71" s="109"/>
+      <c r="B71" s="118"/>
+      <c r="C71" s="118"/>
+      <c r="D71" s="118"/>
+      <c r="E71" s="118"/>
+      <c r="F71" s="118"/>
+      <c r="G71" s="118"/>
+      <c r="H71" s="118"/>
+      <c r="I71" s="118"/>
+      <c r="J71" s="118"/>
+      <c r="K71" s="118"/>
+      <c r="L71" s="118"/>
+      <c r="M71" s="118"/>
+      <c r="N71" s="118"/>
+      <c r="O71" s="118"/>
+      <c r="P71" s="118"/>
+      <c r="Q71" s="118"/>
+      <c r="R71" s="118"/>
+      <c r="S71" s="118"/>
+      <c r="T71" s="118"/>
+      <c r="U71" s="118"/>
+      <c r="V71" s="118"/>
+      <c r="W71" s="119"/>
     </row>
-    <row r="72" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A72" s="107" t="s">
+    <row r="72" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="117" t="s">
         <v>195</v>
       </c>
-      <c r="B72" s="108"/>
-[...20 lines deleted...]
-      <c r="W72" s="109"/>
+      <c r="B72" s="118"/>
+      <c r="C72" s="118"/>
+      <c r="D72" s="118"/>
+      <c r="E72" s="118"/>
+      <c r="F72" s="118"/>
+      <c r="G72" s="118"/>
+      <c r="H72" s="118"/>
+      <c r="I72" s="118"/>
+      <c r="J72" s="118"/>
+      <c r="K72" s="118"/>
+      <c r="L72" s="118"/>
+      <c r="M72" s="118"/>
+      <c r="N72" s="118"/>
+      <c r="O72" s="118"/>
+      <c r="P72" s="118"/>
+      <c r="Q72" s="118"/>
+      <c r="R72" s="118"/>
+      <c r="S72" s="118"/>
+      <c r="T72" s="118"/>
+      <c r="U72" s="118"/>
+      <c r="V72" s="118"/>
+      <c r="W72" s="119"/>
     </row>
-    <row r="73" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A73" s="107" t="s">
+    <row r="73" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="117" t="s">
         <v>196</v>
       </c>
-      <c r="B73" s="108"/>
-[...20 lines deleted...]
-      <c r="W73" s="109"/>
+      <c r="B73" s="118"/>
+      <c r="C73" s="118"/>
+      <c r="D73" s="118"/>
+      <c r="E73" s="118"/>
+      <c r="F73" s="118"/>
+      <c r="G73" s="118"/>
+      <c r="H73" s="118"/>
+      <c r="I73" s="118"/>
+      <c r="J73" s="118"/>
+      <c r="K73" s="118"/>
+      <c r="L73" s="118"/>
+      <c r="M73" s="118"/>
+      <c r="N73" s="118"/>
+      <c r="O73" s="118"/>
+      <c r="P73" s="118"/>
+      <c r="Q73" s="118"/>
+      <c r="R73" s="118"/>
+      <c r="S73" s="118"/>
+      <c r="T73" s="118"/>
+      <c r="U73" s="118"/>
+      <c r="V73" s="118"/>
+      <c r="W73" s="119"/>
     </row>
-    <row r="74" spans="1:23" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A74" s="116" t="s">
+    <row r="74" spans="1:23" ht="10" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="126" t="s">
         <v>197</v>
       </c>
-      <c r="B74" s="117"/>
-[...20 lines deleted...]
-      <c r="W74" s="118"/>
+      <c r="B74" s="127"/>
+      <c r="C74" s="127"/>
+      <c r="D74" s="127"/>
+      <c r="E74" s="127"/>
+      <c r="F74" s="127"/>
+      <c r="G74" s="127"/>
+      <c r="H74" s="127"/>
+      <c r="I74" s="127"/>
+      <c r="J74" s="127"/>
+      <c r="K74" s="127"/>
+      <c r="L74" s="127"/>
+      <c r="M74" s="127"/>
+      <c r="N74" s="127"/>
+      <c r="O74" s="127"/>
+      <c r="P74" s="127"/>
+      <c r="Q74" s="127"/>
+      <c r="R74" s="127"/>
+      <c r="S74" s="127"/>
+      <c r="T74" s="127"/>
+      <c r="U74" s="127"/>
+      <c r="V74" s="127"/>
+      <c r="W74" s="128"/>
     </row>
-    <row r="75" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A75" s="107" t="s">
+    <row r="75" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="117" t="s">
         <v>198</v>
       </c>
-      <c r="B75" s="108"/>
-[...20 lines deleted...]
-      <c r="W75" s="109"/>
+      <c r="B75" s="118"/>
+      <c r="C75" s="118"/>
+      <c r="D75" s="118"/>
+      <c r="E75" s="118"/>
+      <c r="F75" s="118"/>
+      <c r="G75" s="118"/>
+      <c r="H75" s="118"/>
+      <c r="I75" s="118"/>
+      <c r="J75" s="118"/>
+      <c r="K75" s="118"/>
+      <c r="L75" s="118"/>
+      <c r="M75" s="118"/>
+      <c r="N75" s="118"/>
+      <c r="O75" s="118"/>
+      <c r="P75" s="118"/>
+      <c r="Q75" s="118"/>
+      <c r="R75" s="118"/>
+      <c r="S75" s="118"/>
+      <c r="T75" s="118"/>
+      <c r="U75" s="118"/>
+      <c r="V75" s="118"/>
+      <c r="W75" s="119"/>
     </row>
-    <row r="76" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A76" s="107" t="s">
+    <row r="76" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="117" t="s">
         <v>199</v>
       </c>
-      <c r="B76" s="108"/>
-[...20 lines deleted...]
-      <c r="W76" s="109"/>
+      <c r="B76" s="118"/>
+      <c r="C76" s="118"/>
+      <c r="D76" s="118"/>
+      <c r="E76" s="118"/>
+      <c r="F76" s="118"/>
+      <c r="G76" s="118"/>
+      <c r="H76" s="118"/>
+      <c r="I76" s="118"/>
+      <c r="J76" s="118"/>
+      <c r="K76" s="118"/>
+      <c r="L76" s="118"/>
+      <c r="M76" s="118"/>
+      <c r="N76" s="118"/>
+      <c r="O76" s="118"/>
+      <c r="P76" s="118"/>
+      <c r="Q76" s="118"/>
+      <c r="R76" s="118"/>
+      <c r="S76" s="118"/>
+      <c r="T76" s="118"/>
+      <c r="U76" s="118"/>
+      <c r="V76" s="118"/>
+      <c r="W76" s="119"/>
     </row>
-    <row r="77" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A77" s="107" t="s">
+    <row r="77" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="117" t="s">
         <v>200</v>
       </c>
-      <c r="B77" s="108"/>
-[...20 lines deleted...]
-      <c r="W77" s="109"/>
+      <c r="B77" s="118"/>
+      <c r="C77" s="118"/>
+      <c r="D77" s="118"/>
+      <c r="E77" s="118"/>
+      <c r="F77" s="118"/>
+      <c r="G77" s="118"/>
+      <c r="H77" s="118"/>
+      <c r="I77" s="118"/>
+      <c r="J77" s="118"/>
+      <c r="K77" s="118"/>
+      <c r="L77" s="118"/>
+      <c r="M77" s="118"/>
+      <c r="N77" s="118"/>
+      <c r="O77" s="118"/>
+      <c r="P77" s="118"/>
+      <c r="Q77" s="118"/>
+      <c r="R77" s="118"/>
+      <c r="S77" s="118"/>
+      <c r="T77" s="118"/>
+      <c r="U77" s="118"/>
+      <c r="V77" s="118"/>
+      <c r="W77" s="119"/>
     </row>
-    <row r="78" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A78" s="107" t="s">
+    <row r="78" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="117" t="s">
         <v>201</v>
       </c>
-      <c r="B78" s="108"/>
-[...20 lines deleted...]
-      <c r="W78" s="109"/>
+      <c r="B78" s="118"/>
+      <c r="C78" s="118"/>
+      <c r="D78" s="118"/>
+      <c r="E78" s="118"/>
+      <c r="F78" s="118"/>
+      <c r="G78" s="118"/>
+      <c r="H78" s="118"/>
+      <c r="I78" s="118"/>
+      <c r="J78" s="118"/>
+      <c r="K78" s="118"/>
+      <c r="L78" s="118"/>
+      <c r="M78" s="118"/>
+      <c r="N78" s="118"/>
+      <c r="O78" s="118"/>
+      <c r="P78" s="118"/>
+      <c r="Q78" s="118"/>
+      <c r="R78" s="118"/>
+      <c r="S78" s="118"/>
+      <c r="T78" s="118"/>
+      <c r="U78" s="118"/>
+      <c r="V78" s="118"/>
+      <c r="W78" s="119"/>
     </row>
-    <row r="79" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A79" s="62" t="s">
+    <row r="79" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="70" t="s">
         <v>202</v>
       </c>
-      <c r="B79" s="63"/>
-[...20 lines deleted...]
-      <c r="W79" s="64"/>
+      <c r="B79" s="71"/>
+      <c r="C79" s="71"/>
+      <c r="D79" s="71"/>
+      <c r="E79" s="71"/>
+      <c r="F79" s="71"/>
+      <c r="G79" s="71"/>
+      <c r="H79" s="71"/>
+      <c r="I79" s="71"/>
+      <c r="J79" s="71"/>
+      <c r="K79" s="71"/>
+      <c r="L79" s="71"/>
+      <c r="M79" s="71"/>
+      <c r="N79" s="71"/>
+      <c r="O79" s="71"/>
+      <c r="P79" s="71"/>
+      <c r="Q79" s="71"/>
+      <c r="R79" s="71"/>
+      <c r="S79" s="71"/>
+      <c r="T79" s="71"/>
+      <c r="U79" s="71"/>
+      <c r="V79" s="71"/>
+      <c r="W79" s="72"/>
     </row>
-    <row r="80" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A80" s="113" t="s">
+    <row r="80" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="123" t="s">
         <v>203</v>
       </c>
-      <c r="B80" s="114"/>
-[...11 lines deleted...]
-      <c r="N80" s="113" t="s">
+      <c r="B80" s="124"/>
+      <c r="C80" s="124"/>
+      <c r="D80" s="124"/>
+      <c r="E80" s="124"/>
+      <c r="F80" s="124"/>
+      <c r="G80" s="124"/>
+      <c r="H80" s="124"/>
+      <c r="I80" s="124"/>
+      <c r="J80" s="124"/>
+      <c r="K80" s="124"/>
+      <c r="L80" s="124"/>
+      <c r="M80" s="125"/>
+      <c r="N80" s="123" t="s">
         <v>204</v>
       </c>
-      <c r="O80" s="114"/>
-[...7 lines deleted...]
-      <c r="W80" s="115"/>
+      <c r="O80" s="124"/>
+      <c r="P80" s="124"/>
+      <c r="Q80" s="124"/>
+      <c r="R80" s="124"/>
+      <c r="S80" s="124"/>
+      <c r="T80" s="124"/>
+      <c r="U80" s="124"/>
+      <c r="V80" s="124"/>
+      <c r="W80" s="125"/>
     </row>
-    <row r="81" spans="1:23" ht="19.05" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A81" s="98" t="s">
+    <row r="81" spans="1:23" ht="19" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="108" t="s">
         <v>205</v>
       </c>
-      <c r="B81" s="99"/>
-[...11 lines deleted...]
-      <c r="N81" s="107" t="s">
+      <c r="B81" s="109"/>
+      <c r="C81" s="109"/>
+      <c r="D81" s="109"/>
+      <c r="E81" s="109"/>
+      <c r="F81" s="109"/>
+      <c r="G81" s="109"/>
+      <c r="H81" s="109"/>
+      <c r="I81" s="109"/>
+      <c r="J81" s="109"/>
+      <c r="K81" s="109"/>
+      <c r="L81" s="109"/>
+      <c r="M81" s="110"/>
+      <c r="N81" s="117" t="s">
         <v>206</v>
       </c>
-      <c r="O81" s="108"/>
-[...7 lines deleted...]
-      <c r="W81" s="109"/>
+      <c r="O81" s="118"/>
+      <c r="P81" s="118"/>
+      <c r="Q81" s="118"/>
+      <c r="R81" s="118"/>
+      <c r="S81" s="118"/>
+      <c r="T81" s="118"/>
+      <c r="U81" s="118"/>
+      <c r="V81" s="118"/>
+      <c r="W81" s="119"/>
     </row>
-    <row r="82" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="N82" s="98" t="s">
+    <row r="82" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="114"/>
+      <c r="B82" s="115"/>
+      <c r="C82" s="115"/>
+      <c r="D82" s="115"/>
+      <c r="E82" s="115"/>
+      <c r="F82" s="115"/>
+      <c r="G82" s="115"/>
+      <c r="H82" s="115"/>
+      <c r="I82" s="115"/>
+      <c r="J82" s="115"/>
+      <c r="K82" s="115"/>
+      <c r="L82" s="115"/>
+      <c r="M82" s="116"/>
+      <c r="N82" s="108" t="s">
         <v>207</v>
       </c>
-      <c r="O82" s="99"/>
-[...7 lines deleted...]
-      <c r="W82" s="100"/>
+      <c r="O82" s="109"/>
+      <c r="P82" s="109"/>
+      <c r="Q82" s="109"/>
+      <c r="R82" s="109"/>
+      <c r="S82" s="109"/>
+      <c r="T82" s="109"/>
+      <c r="U82" s="109"/>
+      <c r="V82" s="109"/>
+      <c r="W82" s="110"/>
     </row>
-    <row r="83" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A83" s="98" t="s">
+    <row r="83" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="108" t="s">
         <v>208</v>
       </c>
-      <c r="B83" s="99"/>
-[...20 lines deleted...]
-      <c r="W83" s="106"/>
+      <c r="B83" s="109"/>
+      <c r="C83" s="109"/>
+      <c r="D83" s="109"/>
+      <c r="E83" s="109"/>
+      <c r="F83" s="109"/>
+      <c r="G83" s="109"/>
+      <c r="H83" s="109"/>
+      <c r="I83" s="109"/>
+      <c r="J83" s="109"/>
+      <c r="K83" s="109"/>
+      <c r="L83" s="109"/>
+      <c r="M83" s="110"/>
+      <c r="N83" s="114"/>
+      <c r="O83" s="115"/>
+      <c r="P83" s="115"/>
+      <c r="Q83" s="115"/>
+      <c r="R83" s="115"/>
+      <c r="S83" s="115"/>
+      <c r="T83" s="115"/>
+      <c r="U83" s="115"/>
+      <c r="V83" s="115"/>
+      <c r="W83" s="116"/>
     </row>
-    <row r="84" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="N84" s="98" t="s">
+    <row r="84" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="114"/>
+      <c r="B84" s="115"/>
+      <c r="C84" s="115"/>
+      <c r="D84" s="115"/>
+      <c r="E84" s="115"/>
+      <c r="F84" s="115"/>
+      <c r="G84" s="115"/>
+      <c r="H84" s="115"/>
+      <c r="I84" s="115"/>
+      <c r="J84" s="115"/>
+      <c r="K84" s="115"/>
+      <c r="L84" s="115"/>
+      <c r="M84" s="116"/>
+      <c r="N84" s="108" t="s">
         <v>209</v>
       </c>
-      <c r="O84" s="99"/>
-[...7 lines deleted...]
-      <c r="W84" s="100"/>
+      <c r="O84" s="109"/>
+      <c r="P84" s="109"/>
+      <c r="Q84" s="109"/>
+      <c r="R84" s="109"/>
+      <c r="S84" s="109"/>
+      <c r="T84" s="109"/>
+      <c r="U84" s="109"/>
+      <c r="V84" s="109"/>
+      <c r="W84" s="110"/>
     </row>
-    <row r="85" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A85" s="107" t="s">
+    <row r="85" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="117" t="s">
         <v>210</v>
       </c>
-      <c r="B85" s="108"/>
-[...20 lines deleted...]
-      <c r="W85" s="103"/>
+      <c r="B85" s="118"/>
+      <c r="C85" s="118"/>
+      <c r="D85" s="118"/>
+      <c r="E85" s="118"/>
+      <c r="F85" s="118"/>
+      <c r="G85" s="118"/>
+      <c r="H85" s="118"/>
+      <c r="I85" s="118"/>
+      <c r="J85" s="118"/>
+      <c r="K85" s="118"/>
+      <c r="L85" s="118"/>
+      <c r="M85" s="119"/>
+      <c r="N85" s="111"/>
+      <c r="O85" s="112"/>
+      <c r="P85" s="112"/>
+      <c r="Q85" s="112"/>
+      <c r="R85" s="112"/>
+      <c r="S85" s="112"/>
+      <c r="T85" s="112"/>
+      <c r="U85" s="112"/>
+      <c r="V85" s="112"/>
+      <c r="W85" s="113"/>
     </row>
-    <row r="86" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A86" s="107" t="s">
+    <row r="86" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="117" t="s">
         <v>211</v>
       </c>
-      <c r="B86" s="108"/>
-[...20 lines deleted...]
-      <c r="W86" s="106"/>
+      <c r="B86" s="118"/>
+      <c r="C86" s="118"/>
+      <c r="D86" s="118"/>
+      <c r="E86" s="118"/>
+      <c r="F86" s="118"/>
+      <c r="G86" s="118"/>
+      <c r="H86" s="118"/>
+      <c r="I86" s="118"/>
+      <c r="J86" s="118"/>
+      <c r="K86" s="118"/>
+      <c r="L86" s="118"/>
+      <c r="M86" s="119"/>
+      <c r="N86" s="114"/>
+      <c r="O86" s="115"/>
+      <c r="P86" s="115"/>
+      <c r="Q86" s="115"/>
+      <c r="R86" s="115"/>
+      <c r="S86" s="115"/>
+      <c r="T86" s="115"/>
+      <c r="U86" s="115"/>
+      <c r="V86" s="115"/>
+      <c r="W86" s="116"/>
     </row>
-    <row r="87" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A87" s="98" t="s">
+    <row r="87" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="108" t="s">
         <v>212</v>
       </c>
-      <c r="B87" s="99"/>
-[...11 lines deleted...]
-      <c r="N87" s="107" t="s">
+      <c r="B87" s="109"/>
+      <c r="C87" s="109"/>
+      <c r="D87" s="109"/>
+      <c r="E87" s="109"/>
+      <c r="F87" s="109"/>
+      <c r="G87" s="109"/>
+      <c r="H87" s="109"/>
+      <c r="I87" s="109"/>
+      <c r="J87" s="109"/>
+      <c r="K87" s="109"/>
+      <c r="L87" s="109"/>
+      <c r="M87" s="110"/>
+      <c r="N87" s="117" t="s">
         <v>213</v>
       </c>
-      <c r="O87" s="108"/>
-[...7 lines deleted...]
-      <c r="W87" s="109"/>
+      <c r="O87" s="118"/>
+      <c r="P87" s="118"/>
+      <c r="Q87" s="118"/>
+      <c r="R87" s="118"/>
+      <c r="S87" s="118"/>
+      <c r="T87" s="118"/>
+      <c r="U87" s="118"/>
+      <c r="V87" s="118"/>
+      <c r="W87" s="119"/>
     </row>
-    <row r="88" spans="1:23" ht="28.05" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="N88" s="62" t="s">
+    <row r="88" spans="1:23" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="111"/>
+      <c r="B88" s="112"/>
+      <c r="C88" s="112"/>
+      <c r="D88" s="112"/>
+      <c r="E88" s="112"/>
+      <c r="F88" s="112"/>
+      <c r="G88" s="112"/>
+      <c r="H88" s="112"/>
+      <c r="I88" s="112"/>
+      <c r="J88" s="112"/>
+      <c r="K88" s="112"/>
+      <c r="L88" s="112"/>
+      <c r="M88" s="113"/>
+      <c r="N88" s="70" t="s">
         <v>214</v>
       </c>
-      <c r="O88" s="63"/>
-[...7 lines deleted...]
-      <c r="W88" s="64"/>
+      <c r="O88" s="71"/>
+      <c r="P88" s="71"/>
+      <c r="Q88" s="71"/>
+      <c r="R88" s="71"/>
+      <c r="S88" s="71"/>
+      <c r="T88" s="71"/>
+      <c r="U88" s="71"/>
+      <c r="V88" s="71"/>
+      <c r="W88" s="72"/>
     </row>
-    <row r="89" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="N89" s="110" t="s">
+    <row r="89" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="114"/>
+      <c r="B89" s="115"/>
+      <c r="C89" s="115"/>
+      <c r="D89" s="115"/>
+      <c r="E89" s="115"/>
+      <c r="F89" s="115"/>
+      <c r="G89" s="115"/>
+      <c r="H89" s="115"/>
+      <c r="I89" s="115"/>
+      <c r="J89" s="115"/>
+      <c r="K89" s="115"/>
+      <c r="L89" s="115"/>
+      <c r="M89" s="116"/>
+      <c r="N89" s="120" t="s">
         <v>215</v>
       </c>
-      <c r="O89" s="111"/>
-[...7 lines deleted...]
-      <c r="W89" s="112"/>
+      <c r="O89" s="121"/>
+      <c r="P89" s="121"/>
+      <c r="Q89" s="121"/>
+      <c r="R89" s="121"/>
+      <c r="S89" s="121"/>
+      <c r="T89" s="121"/>
+      <c r="U89" s="121"/>
+      <c r="V89" s="121"/>
+      <c r="W89" s="122"/>
     </row>
-    <row r="90" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A90" s="98" t="s">
+    <row r="90" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="108" t="s">
         <v>216</v>
       </c>
-      <c r="B90" s="99"/>
-[...11 lines deleted...]
-      <c r="N90" s="113" t="s">
+      <c r="B90" s="109"/>
+      <c r="C90" s="109"/>
+      <c r="D90" s="109"/>
+      <c r="E90" s="109"/>
+      <c r="F90" s="109"/>
+      <c r="G90" s="109"/>
+      <c r="H90" s="109"/>
+      <c r="I90" s="109"/>
+      <c r="J90" s="109"/>
+      <c r="K90" s="109"/>
+      <c r="L90" s="109"/>
+      <c r="M90" s="110"/>
+      <c r="N90" s="123" t="s">
         <v>217</v>
       </c>
-      <c r="O90" s="114"/>
-[...7 lines deleted...]
-      <c r="W90" s="115"/>
+      <c r="O90" s="124"/>
+      <c r="P90" s="124"/>
+      <c r="Q90" s="124"/>
+      <c r="R90" s="124"/>
+      <c r="S90" s="124"/>
+      <c r="T90" s="124"/>
+      <c r="U90" s="124"/>
+      <c r="V90" s="124"/>
+      <c r="W90" s="125"/>
     </row>
-    <row r="91" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="N91" s="24" t="s">
+    <row r="91" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="111"/>
+      <c r="B91" s="112"/>
+      <c r="C91" s="112"/>
+      <c r="D91" s="112"/>
+      <c r="E91" s="112"/>
+      <c r="F91" s="112"/>
+      <c r="G91" s="112"/>
+      <c r="H91" s="112"/>
+      <c r="I91" s="112"/>
+      <c r="J91" s="112"/>
+      <c r="K91" s="112"/>
+      <c r="L91" s="112"/>
+      <c r="M91" s="113"/>
+      <c r="N91" s="31" t="s">
         <v>218</v>
       </c>
-      <c r="O91" s="25"/>
-[...2 lines deleted...]
-      <c r="R91" s="27" t="s">
+      <c r="O91" s="32"/>
+      <c r="P91" s="32"/>
+      <c r="Q91" s="33"/>
+      <c r="R91" s="34" t="s">
         <v>219</v>
       </c>
-      <c r="S91" s="25"/>
-[...3 lines deleted...]
-      <c r="W91" s="28"/>
+      <c r="S91" s="32"/>
+      <c r="T91" s="32"/>
+      <c r="U91" s="32"/>
+      <c r="V91" s="32"/>
+      <c r="W91" s="35"/>
     </row>
-    <row r="92" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="N92" s="24" t="s">
+    <row r="92" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="114"/>
+      <c r="B92" s="115"/>
+      <c r="C92" s="115"/>
+      <c r="D92" s="115"/>
+      <c r="E92" s="115"/>
+      <c r="F92" s="115"/>
+      <c r="G92" s="115"/>
+      <c r="H92" s="115"/>
+      <c r="I92" s="115"/>
+      <c r="J92" s="115"/>
+      <c r="K92" s="115"/>
+      <c r="L92" s="115"/>
+      <c r="M92" s="116"/>
+      <c r="N92" s="31" t="s">
         <v>220</v>
       </c>
-      <c r="O92" s="25"/>
-[...2 lines deleted...]
-      <c r="R92" s="27" t="s">
+      <c r="O92" s="32"/>
+      <c r="P92" s="32"/>
+      <c r="Q92" s="33"/>
+      <c r="R92" s="34" t="s">
         <v>221</v>
       </c>
-      <c r="S92" s="25"/>
-[...3 lines deleted...]
-      <c r="W92" s="28"/>
+      <c r="S92" s="32"/>
+      <c r="T92" s="32"/>
+      <c r="U92" s="32"/>
+      <c r="V92" s="32"/>
+      <c r="W92" s="35"/>
     </row>
-    <row r="93" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A93" s="62" t="s">
+    <row r="93" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="70" t="s">
         <v>222</v>
       </c>
-      <c r="B93" s="63"/>
-[...11 lines deleted...]
-      <c r="N93" s="65" t="s">
+      <c r="B93" s="71"/>
+      <c r="C93" s="71"/>
+      <c r="D93" s="71"/>
+      <c r="E93" s="71"/>
+      <c r="F93" s="71"/>
+      <c r="G93" s="71"/>
+      <c r="H93" s="71"/>
+      <c r="I93" s="71"/>
+      <c r="J93" s="71"/>
+      <c r="K93" s="71"/>
+      <c r="L93" s="71"/>
+      <c r="M93" s="72"/>
+      <c r="N93" s="73" t="s">
         <v>223</v>
       </c>
-      <c r="O93" s="66"/>
-[...2 lines deleted...]
-      <c r="R93" s="27" t="s">
+      <c r="O93" s="74"/>
+      <c r="P93" s="74"/>
+      <c r="Q93" s="75"/>
+      <c r="R93" s="34" t="s">
         <v>224</v>
       </c>
-      <c r="S93" s="25"/>
-[...3 lines deleted...]
-      <c r="W93" s="28"/>
+      <c r="S93" s="32"/>
+      <c r="T93" s="32"/>
+      <c r="U93" s="32"/>
+      <c r="V93" s="32"/>
+      <c r="W93" s="35"/>
     </row>
-    <row r="94" spans="1:23" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A94" s="193" t="s">
+    <row r="94" spans="1:23" ht="10" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="76" t="s">
         <v>296</v>
       </c>
-      <c r="B94" s="68"/>
-[...11 lines deleted...]
-      <c r="N94" s="24" t="s">
+      <c r="B94" s="77"/>
+      <c r="C94" s="77"/>
+      <c r="D94" s="77"/>
+      <c r="E94" s="77"/>
+      <c r="F94" s="77"/>
+      <c r="G94" s="77"/>
+      <c r="H94" s="77"/>
+      <c r="I94" s="77"/>
+      <c r="J94" s="77"/>
+      <c r="K94" s="77"/>
+      <c r="L94" s="77"/>
+      <c r="M94" s="78"/>
+      <c r="N94" s="31" t="s">
         <v>225</v>
       </c>
-      <c r="O94" s="25"/>
-[...2 lines deleted...]
-      <c r="R94" s="27" t="s">
+      <c r="O94" s="32"/>
+      <c r="P94" s="32"/>
+      <c r="Q94" s="33"/>
+      <c r="R94" s="34" t="s">
         <v>226</v>
       </c>
-      <c r="S94" s="25"/>
-[...3 lines deleted...]
-      <c r="W94" s="28"/>
+      <c r="S94" s="32"/>
+      <c r="T94" s="32"/>
+      <c r="U94" s="32"/>
+      <c r="V94" s="32"/>
+      <c r="W94" s="35"/>
     </row>
-    <row r="95" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="N95" s="29" t="s">
+    <row r="95" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="79"/>
+      <c r="B95" s="80"/>
+      <c r="C95" s="80"/>
+      <c r="D95" s="80"/>
+      <c r="E95" s="80"/>
+      <c r="F95" s="80"/>
+      <c r="G95" s="80"/>
+      <c r="H95" s="80"/>
+      <c r="I95" s="80"/>
+      <c r="J95" s="80"/>
+      <c r="K95" s="80"/>
+      <c r="L95" s="80"/>
+      <c r="M95" s="81"/>
+      <c r="N95" s="36" t="s">
         <v>227</v>
       </c>
-      <c r="O95" s="30"/>
-[...2 lines deleted...]
-      <c r="R95" s="73" t="s">
+      <c r="O95" s="37"/>
+      <c r="P95" s="37"/>
+      <c r="Q95" s="38"/>
+      <c r="R95" s="82" t="s">
         <v>228</v>
       </c>
-      <c r="S95" s="30"/>
-[...3 lines deleted...]
-      <c r="W95" s="74"/>
+      <c r="S95" s="37"/>
+      <c r="T95" s="37"/>
+      <c r="U95" s="37"/>
+      <c r="V95" s="37"/>
+      <c r="W95" s="83"/>
     </row>
-    <row r="96" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A96" s="194" t="s">
+    <row r="96" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="84" t="s">
         <v>297</v>
       </c>
-      <c r="B96" s="75"/>
-[...6 lines deleted...]
-      <c r="I96" s="80" t="s">
+      <c r="B96" s="85"/>
+      <c r="C96" s="85"/>
+      <c r="D96" s="85"/>
+      <c r="E96" s="85"/>
+      <c r="F96" s="85"/>
+      <c r="G96" s="85"/>
+      <c r="H96" s="86"/>
+      <c r="I96" s="90" t="s">
         <v>229</v>
       </c>
-      <c r="J96" s="81"/>
-[...3 lines deleted...]
-      <c r="N96" s="86" t="s">
+      <c r="J96" s="91"/>
+      <c r="K96" s="91"/>
+      <c r="L96" s="91"/>
+      <c r="M96" s="92"/>
+      <c r="N96" s="96" t="s">
         <v>230</v>
       </c>
-      <c r="O96" s="87"/>
-[...2 lines deleted...]
-      <c r="R96" s="92" t="s">
+      <c r="O96" s="97"/>
+      <c r="P96" s="97"/>
+      <c r="Q96" s="98"/>
+      <c r="R96" s="102" t="s">
         <v>231</v>
       </c>
-      <c r="S96" s="93"/>
-[...1 lines deleted...]
-      <c r="U96" s="92" t="s">
+      <c r="S96" s="103"/>
+      <c r="T96" s="104"/>
+      <c r="U96" s="102" t="s">
         <v>232</v>
       </c>
-      <c r="V96" s="93"/>
-      <c r="W96" s="95"/>
+      <c r="V96" s="103"/>
+      <c r="W96" s="105"/>
     </row>
-    <row r="97" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-[...17 lines deleted...]
-      <c r="R97" s="96" t="s">
+    <row r="97" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="87"/>
+      <c r="B97" s="88"/>
+      <c r="C97" s="88"/>
+      <c r="D97" s="88"/>
+      <c r="E97" s="88"/>
+      <c r="F97" s="88"/>
+      <c r="G97" s="88"/>
+      <c r="H97" s="89"/>
+      <c r="I97" s="93"/>
+      <c r="J97" s="94"/>
+      <c r="K97" s="94"/>
+      <c r="L97" s="94"/>
+      <c r="M97" s="95"/>
+      <c r="N97" s="99"/>
+      <c r="O97" s="100"/>
+      <c r="P97" s="100"/>
+      <c r="Q97" s="101"/>
+      <c r="R97" s="106" t="s">
         <v>233</v>
       </c>
-      <c r="S97" s="97"/>
+      <c r="S97" s="107"/>
       <c r="T97" s="14" t="s">
         <v>234</v>
       </c>
       <c r="U97" s="15" t="s">
         <v>233</v>
       </c>
-      <c r="V97" s="45" t="s">
+      <c r="V97" s="53" t="s">
         <v>234</v>
       </c>
-      <c r="W97" s="46"/>
+      <c r="W97" s="54"/>
     </row>
-    <row r="98" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A98" s="24" t="s">
+    <row r="98" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="31" t="s">
         <v>235</v>
       </c>
-      <c r="B98" s="25"/>
-[...6 lines deleted...]
-      <c r="I98" s="27" t="s">
+      <c r="B98" s="32"/>
+      <c r="C98" s="32"/>
+      <c r="D98" s="32"/>
+      <c r="E98" s="32"/>
+      <c r="F98" s="32"/>
+      <c r="G98" s="32"/>
+      <c r="H98" s="33"/>
+      <c r="I98" s="34" t="s">
         <v>236</v>
       </c>
-      <c r="J98" s="25"/>
-[...3 lines deleted...]
-      <c r="N98" s="53">
+      <c r="J98" s="32"/>
+      <c r="K98" s="32"/>
+      <c r="L98" s="32"/>
+      <c r="M98" s="33"/>
+      <c r="N98" s="61">
         <v>2000</v>
       </c>
-      <c r="O98" s="54"/>
-[...2 lines deleted...]
-      <c r="R98" s="56">
+      <c r="O98" s="62"/>
+      <c r="P98" s="62"/>
+      <c r="Q98" s="63"/>
+      <c r="R98" s="64">
         <v>2000</v>
       </c>
-      <c r="S98" s="57"/>
+      <c r="S98" s="65"/>
       <c r="T98" s="20">
         <v>0</v>
       </c>
       <c r="U98" s="20">
         <v>2000</v>
       </c>
-      <c r="V98" s="56">
+      <c r="V98" s="64">
         <v>0</v>
       </c>
-      <c r="W98" s="58"/>
+      <c r="W98" s="66"/>
     </row>
-    <row r="99" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A99" s="24" t="s">
+    <row r="99" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="31" t="s">
         <v>237</v>
       </c>
-      <c r="B99" s="25"/>
-[...6 lines deleted...]
-      <c r="I99" s="27" t="s">
+      <c r="B99" s="32"/>
+      <c r="C99" s="32"/>
+      <c r="D99" s="32"/>
+      <c r="E99" s="32"/>
+      <c r="F99" s="32"/>
+      <c r="G99" s="32"/>
+      <c r="H99" s="33"/>
+      <c r="I99" s="34" t="s">
         <v>238</v>
       </c>
-      <c r="J99" s="25"/>
-[...3 lines deleted...]
-      <c r="N99" s="53">
+      <c r="J99" s="32"/>
+      <c r="K99" s="32"/>
+      <c r="L99" s="32"/>
+      <c r="M99" s="33"/>
+      <c r="N99" s="61">
         <v>2000</v>
       </c>
-      <c r="O99" s="54"/>
-[...2 lines deleted...]
-      <c r="R99" s="56">
+      <c r="O99" s="62"/>
+      <c r="P99" s="62"/>
+      <c r="Q99" s="63"/>
+      <c r="R99" s="64">
         <v>2000</v>
       </c>
-      <c r="S99" s="57"/>
+      <c r="S99" s="65"/>
       <c r="T99" s="20">
         <v>0</v>
       </c>
       <c r="U99" s="20">
         <v>10000</v>
       </c>
-      <c r="V99" s="56">
+      <c r="V99" s="64">
         <v>10000</v>
       </c>
-      <c r="W99" s="58"/>
+      <c r="W99" s="66"/>
     </row>
-    <row r="100" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A100" s="24" t="s">
+    <row r="100" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="31" t="s">
         <v>239</v>
       </c>
-      <c r="B100" s="25"/>
-[...6 lines deleted...]
-      <c r="I100" s="27" t="s">
+      <c r="B100" s="32"/>
+      <c r="C100" s="32"/>
+      <c r="D100" s="32"/>
+      <c r="E100" s="32"/>
+      <c r="F100" s="32"/>
+      <c r="G100" s="32"/>
+      <c r="H100" s="33"/>
+      <c r="I100" s="34" t="s">
         <v>240</v>
       </c>
-      <c r="J100" s="25"/>
-[...3 lines deleted...]
-      <c r="N100" s="27" t="s">
+      <c r="J100" s="32"/>
+      <c r="K100" s="32"/>
+      <c r="L100" s="32"/>
+      <c r="M100" s="33"/>
+      <c r="N100" s="34" t="s">
         <v>241</v>
       </c>
-      <c r="O100" s="25"/>
-[...2 lines deleted...]
-      <c r="R100" s="56">
+      <c r="O100" s="32"/>
+      <c r="P100" s="32"/>
+      <c r="Q100" s="33"/>
+      <c r="R100" s="64">
         <v>4000</v>
       </c>
-      <c r="S100" s="57"/>
+      <c r="S100" s="65"/>
       <c r="T100" s="20">
         <v>4000</v>
       </c>
       <c r="U100" s="20">
         <v>10000</v>
       </c>
-      <c r="V100" s="56">
+      <c r="V100" s="64">
         <v>10000</v>
       </c>
-      <c r="W100" s="58"/>
+      <c r="W100" s="66"/>
     </row>
-    <row r="101" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A101" s="24" t="s">
+    <row r="101" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="31" t="s">
         <v>242</v>
       </c>
-      <c r="B101" s="25"/>
-[...6 lines deleted...]
-      <c r="I101" s="27" t="s">
+      <c r="B101" s="32"/>
+      <c r="C101" s="32"/>
+      <c r="D101" s="32"/>
+      <c r="E101" s="32"/>
+      <c r="F101" s="32"/>
+      <c r="G101" s="32"/>
+      <c r="H101" s="33"/>
+      <c r="I101" s="34" t="s">
         <v>243</v>
       </c>
-      <c r="J101" s="25"/>
-[...3 lines deleted...]
-      <c r="N101" s="53">
+      <c r="J101" s="32"/>
+      <c r="K101" s="32"/>
+      <c r="L101" s="32"/>
+      <c r="M101" s="33"/>
+      <c r="N101" s="61">
         <v>121812</v>
       </c>
-      <c r="O101" s="54"/>
-[...2 lines deleted...]
-      <c r="R101" s="56">
+      <c r="O101" s="62"/>
+      <c r="P101" s="62"/>
+      <c r="Q101" s="63"/>
+      <c r="R101" s="64">
         <v>121812</v>
       </c>
-      <c r="S101" s="57"/>
+      <c r="S101" s="65"/>
       <c r="T101" s="20">
         <v>121812</v>
       </c>
       <c r="U101" s="20">
         <v>121812</v>
       </c>
-      <c r="V101" s="56">
+      <c r="V101" s="64">
         <v>121812</v>
       </c>
-      <c r="W101" s="58"/>
+      <c r="W101" s="66"/>
     </row>
-    <row r="102" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A102" s="24" t="s">
+    <row r="102" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="31" t="s">
         <v>244</v>
       </c>
-      <c r="B102" s="25"/>
-[...6 lines deleted...]
-      <c r="I102" s="27" t="s">
+      <c r="B102" s="32"/>
+      <c r="C102" s="32"/>
+      <c r="D102" s="32"/>
+      <c r="E102" s="32"/>
+      <c r="F102" s="32"/>
+      <c r="G102" s="32"/>
+      <c r="H102" s="33"/>
+      <c r="I102" s="34" t="s">
         <v>245</v>
       </c>
-      <c r="J102" s="25"/>
-[...3 lines deleted...]
-      <c r="N102" s="27" t="s">
+      <c r="J102" s="32"/>
+      <c r="K102" s="32"/>
+      <c r="L102" s="32"/>
+      <c r="M102" s="33"/>
+      <c r="N102" s="34" t="s">
         <v>246</v>
       </c>
-      <c r="O102" s="25"/>
-[...2 lines deleted...]
-      <c r="R102" s="60" t="s">
+      <c r="O102" s="32"/>
+      <c r="P102" s="32"/>
+      <c r="Q102" s="33"/>
+      <c r="R102" s="68" t="s">
         <v>247</v>
       </c>
-      <c r="S102" s="61"/>
+      <c r="S102" s="69"/>
       <c r="T102" s="20">
         <v>0</v>
       </c>
       <c r="U102" s="20">
         <v>2000</v>
       </c>
-      <c r="V102" s="56">
+      <c r="V102" s="64">
         <v>0</v>
       </c>
-      <c r="W102" s="58"/>
+      <c r="W102" s="66"/>
     </row>
-    <row r="103" spans="1:23" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A103" s="24" t="s">
+    <row r="103" spans="1:23" ht="10" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="31" t="s">
         <v>248</v>
       </c>
-      <c r="B103" s="25"/>
-[...6 lines deleted...]
-      <c r="I103" s="27" t="s">
+      <c r="B103" s="32"/>
+      <c r="C103" s="32"/>
+      <c r="D103" s="32"/>
+      <c r="E103" s="32"/>
+      <c r="F103" s="32"/>
+      <c r="G103" s="32"/>
+      <c r="H103" s="33"/>
+      <c r="I103" s="34" t="s">
         <v>245</v>
       </c>
-      <c r="J103" s="25"/>
-[...3 lines deleted...]
-      <c r="N103" s="27" t="s">
+      <c r="J103" s="32"/>
+      <c r="K103" s="32"/>
+      <c r="L103" s="32"/>
+      <c r="M103" s="33"/>
+      <c r="N103" s="34" t="s">
         <v>246</v>
       </c>
-      <c r="O103" s="25"/>
-[...2 lines deleted...]
-      <c r="R103" s="60" t="s">
+      <c r="O103" s="32"/>
+      <c r="P103" s="32"/>
+      <c r="Q103" s="33"/>
+      <c r="R103" s="68" t="s">
         <v>247</v>
       </c>
-      <c r="S103" s="61"/>
+      <c r="S103" s="69"/>
       <c r="T103" s="20">
         <v>0</v>
       </c>
       <c r="U103" s="20">
         <v>10000</v>
       </c>
-      <c r="V103" s="56">
+      <c r="V103" s="64">
         <v>10000</v>
       </c>
-      <c r="W103" s="58"/>
+      <c r="W103" s="66"/>
     </row>
-    <row r="104" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A104" s="24" t="s">
+    <row r="104" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="31" t="s">
         <v>249</v>
       </c>
-      <c r="B104" s="25"/>
-[...6 lines deleted...]
-      <c r="I104" s="27" t="s">
+      <c r="B104" s="32"/>
+      <c r="C104" s="32"/>
+      <c r="D104" s="32"/>
+      <c r="E104" s="32"/>
+      <c r="F104" s="32"/>
+      <c r="G104" s="32"/>
+      <c r="H104" s="33"/>
+      <c r="I104" s="34" t="s">
         <v>250</v>
       </c>
-      <c r="J104" s="25"/>
-[...3 lines deleted...]
-      <c r="N104" s="27" t="s">
+      <c r="J104" s="32"/>
+      <c r="K104" s="32"/>
+      <c r="L104" s="32"/>
+      <c r="M104" s="33"/>
+      <c r="N104" s="34" t="s">
         <v>251</v>
       </c>
-      <c r="O104" s="25"/>
-[...2 lines deleted...]
-      <c r="R104" s="60" t="s">
+      <c r="O104" s="32"/>
+      <c r="P104" s="32"/>
+      <c r="Q104" s="33"/>
+      <c r="R104" s="68" t="s">
         <v>247</v>
       </c>
-      <c r="S104" s="61"/>
+      <c r="S104" s="69"/>
       <c r="T104" s="20">
         <v>4000</v>
       </c>
       <c r="U104" s="20">
         <v>10000</v>
       </c>
-      <c r="V104" s="56">
+      <c r="V104" s="64">
         <v>10000</v>
       </c>
-      <c r="W104" s="58"/>
+      <c r="W104" s="66"/>
     </row>
-    <row r="105" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A105" s="24" t="s">
+    <row r="105" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="31" t="s">
         <v>252</v>
       </c>
-      <c r="B105" s="25"/>
-[...6 lines deleted...]
-      <c r="I105" s="27" t="s">
+      <c r="B105" s="32"/>
+      <c r="C105" s="32"/>
+      <c r="D105" s="32"/>
+      <c r="E105" s="32"/>
+      <c r="F105" s="32"/>
+      <c r="G105" s="32"/>
+      <c r="H105" s="33"/>
+      <c r="I105" s="34" t="s">
         <v>253</v>
       </c>
-      <c r="J105" s="25"/>
-[...3 lines deleted...]
-      <c r="N105" s="27" t="s">
+      <c r="J105" s="32"/>
+      <c r="K105" s="32"/>
+      <c r="L105" s="32"/>
+      <c r="M105" s="33"/>
+      <c r="N105" s="34" t="s">
         <v>254</v>
       </c>
-      <c r="O105" s="25"/>
-[...2 lines deleted...]
-      <c r="R105" s="56">
+      <c r="O105" s="32"/>
+      <c r="P105" s="32"/>
+      <c r="Q105" s="33"/>
+      <c r="R105" s="64">
         <v>2000</v>
       </c>
-      <c r="S105" s="57"/>
+      <c r="S105" s="65"/>
       <c r="T105" s="20">
         <v>0</v>
       </c>
       <c r="U105" s="20">
         <v>2000</v>
       </c>
-      <c r="V105" s="56">
+      <c r="V105" s="64">
         <v>0</v>
       </c>
-      <c r="W105" s="58"/>
+      <c r="W105" s="66"/>
     </row>
-    <row r="106" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A106" s="24" t="s">
+    <row r="106" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="31" t="s">
         <v>255</v>
       </c>
-      <c r="B106" s="25"/>
-[...6 lines deleted...]
-      <c r="I106" s="27" t="s">
+      <c r="B106" s="32"/>
+      <c r="C106" s="32"/>
+      <c r="D106" s="32"/>
+      <c r="E106" s="32"/>
+      <c r="F106" s="32"/>
+      <c r="G106" s="32"/>
+      <c r="H106" s="33"/>
+      <c r="I106" s="34" t="s">
         <v>243</v>
       </c>
-      <c r="J106" s="25"/>
-[...3 lines deleted...]
-      <c r="N106" s="59" t="s">
+      <c r="J106" s="32"/>
+      <c r="K106" s="32"/>
+      <c r="L106" s="32"/>
+      <c r="M106" s="33"/>
+      <c r="N106" s="67" t="s">
         <v>291</v>
       </c>
-      <c r="O106" s="25"/>
-[...2 lines deleted...]
-      <c r="R106" s="56">
+      <c r="O106" s="32"/>
+      <c r="P106" s="32"/>
+      <c r="Q106" s="33"/>
+      <c r="R106" s="64">
         <v>121812</v>
       </c>
-      <c r="S106" s="57"/>
+      <c r="S106" s="65"/>
       <c r="T106" s="20">
         <v>121812</v>
       </c>
       <c r="U106" s="20">
         <v>121812</v>
       </c>
-      <c r="V106" s="56">
+      <c r="V106" s="64">
         <v>121812</v>
       </c>
-      <c r="W106" s="58"/>
+      <c r="W106" s="66"/>
     </row>
-    <row r="107" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A107" s="24" t="s">
+    <row r="107" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="31" t="s">
         <v>256</v>
       </c>
-      <c r="B107" s="25"/>
-[...6 lines deleted...]
-      <c r="I107" s="27" t="s">
+      <c r="B107" s="32"/>
+      <c r="C107" s="32"/>
+      <c r="D107" s="32"/>
+      <c r="E107" s="32"/>
+      <c r="F107" s="32"/>
+      <c r="G107" s="32"/>
+      <c r="H107" s="33"/>
+      <c r="I107" s="34" t="s">
         <v>257</v>
       </c>
-      <c r="J107" s="25"/>
-[...3 lines deleted...]
-      <c r="N107" s="59" t="s">
+      <c r="J107" s="32"/>
+      <c r="K107" s="32"/>
+      <c r="L107" s="32"/>
+      <c r="M107" s="33"/>
+      <c r="N107" s="67" t="s">
         <v>291</v>
       </c>
-      <c r="O107" s="25"/>
-[...2 lines deleted...]
-      <c r="R107" s="56">
+      <c r="O107" s="32"/>
+      <c r="P107" s="32"/>
+      <c r="Q107" s="33"/>
+      <c r="R107" s="64">
         <v>121812</v>
       </c>
-      <c r="S107" s="57"/>
+      <c r="S107" s="65"/>
       <c r="T107" s="20">
         <v>121812</v>
       </c>
       <c r="U107" s="20">
         <v>121812</v>
       </c>
-      <c r="V107" s="56">
+      <c r="V107" s="64">
         <v>121812</v>
       </c>
-      <c r="W107" s="58"/>
+      <c r="W107" s="66"/>
     </row>
-    <row r="108" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A108" s="24" t="s">
+    <row r="108" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="31" t="s">
         <v>258</v>
       </c>
-      <c r="B108" s="25"/>
-[...6 lines deleted...]
-      <c r="I108" s="27" t="s">
+      <c r="B108" s="32"/>
+      <c r="C108" s="32"/>
+      <c r="D108" s="32"/>
+      <c r="E108" s="32"/>
+      <c r="F108" s="32"/>
+      <c r="G108" s="32"/>
+      <c r="H108" s="33"/>
+      <c r="I108" s="34" t="s">
         <v>259</v>
       </c>
-      <c r="J108" s="25"/>
-[...3 lines deleted...]
-      <c r="N108" s="47">
+      <c r="J108" s="32"/>
+      <c r="K108" s="32"/>
+      <c r="L108" s="32"/>
+      <c r="M108" s="33"/>
+      <c r="N108" s="55">
         <v>1</v>
       </c>
-      <c r="O108" s="48"/>
-[...2 lines deleted...]
-      <c r="R108" s="50">
+      <c r="O108" s="56"/>
+      <c r="P108" s="56"/>
+      <c r="Q108" s="57"/>
+      <c r="R108" s="58">
         <v>1</v>
       </c>
-      <c r="S108" s="51"/>
+      <c r="S108" s="59"/>
       <c r="T108" s="21">
         <v>1</v>
       </c>
       <c r="U108" s="21">
         <v>1</v>
       </c>
-      <c r="V108" s="50">
+      <c r="V108" s="58">
         <v>1</v>
       </c>
-      <c r="W108" s="52"/>
+      <c r="W108" s="60"/>
     </row>
-    <row r="109" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A109" s="24" t="s">
+    <row r="109" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="31" t="s">
         <v>260</v>
       </c>
-      <c r="B109" s="25"/>
-[...6 lines deleted...]
-      <c r="I109" s="27" t="s">
+      <c r="B109" s="32"/>
+      <c r="C109" s="32"/>
+      <c r="D109" s="32"/>
+      <c r="E109" s="32"/>
+      <c r="F109" s="32"/>
+      <c r="G109" s="32"/>
+      <c r="H109" s="33"/>
+      <c r="I109" s="34" t="s">
         <v>261</v>
       </c>
-      <c r="J109" s="25"/>
-[...3 lines deleted...]
-      <c r="N109" s="53">
+      <c r="J109" s="32"/>
+      <c r="K109" s="32"/>
+      <c r="L109" s="32"/>
+      <c r="M109" s="33"/>
+      <c r="N109" s="61">
         <v>121812</v>
       </c>
-      <c r="O109" s="54"/>
-[...2 lines deleted...]
-      <c r="R109" s="56">
+      <c r="O109" s="62"/>
+      <c r="P109" s="62"/>
+      <c r="Q109" s="63"/>
+      <c r="R109" s="64">
         <v>121812</v>
       </c>
-      <c r="S109" s="57"/>
+      <c r="S109" s="65"/>
       <c r="T109" s="20">
         <v>121812</v>
       </c>
       <c r="U109" s="20">
         <v>121812</v>
       </c>
-      <c r="V109" s="56">
+      <c r="V109" s="64">
         <v>121812</v>
       </c>
-      <c r="W109" s="58"/>
+      <c r="W109" s="66"/>
     </row>
-    <row r="110" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A110" s="39" t="s">
+    <row r="110" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="47" t="s">
         <v>262</v>
       </c>
-      <c r="B110" s="40"/>
-[...6 lines deleted...]
-      <c r="I110" s="42" t="s">
+      <c r="B110" s="48"/>
+      <c r="C110" s="48"/>
+      <c r="D110" s="48"/>
+      <c r="E110" s="48"/>
+      <c r="F110" s="48"/>
+      <c r="G110" s="48"/>
+      <c r="H110" s="49"/>
+      <c r="I110" s="50" t="s">
         <v>229</v>
       </c>
-      <c r="J110" s="43"/>
-[...3 lines deleted...]
-      <c r="N110" s="45" t="s">
+      <c r="J110" s="51"/>
+      <c r="K110" s="51"/>
+      <c r="L110" s="51"/>
+      <c r="M110" s="52"/>
+      <c r="N110" s="53" t="s">
         <v>263</v>
       </c>
-      <c r="O110" s="40"/>
-[...7 lines deleted...]
-      <c r="W110" s="46"/>
+      <c r="O110" s="48"/>
+      <c r="P110" s="48"/>
+      <c r="Q110" s="48"/>
+      <c r="R110" s="48"/>
+      <c r="S110" s="48"/>
+      <c r="T110" s="48"/>
+      <c r="U110" s="48"/>
+      <c r="V110" s="48"/>
+      <c r="W110" s="54"/>
     </row>
-    <row r="111" spans="1:23" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A111" s="24" t="s">
+    <row r="111" spans="1:23" ht="10" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="31" t="s">
         <v>264</v>
       </c>
-      <c r="B111" s="25"/>
-[...6 lines deleted...]
-      <c r="I111" s="27" t="s">
+      <c r="B111" s="32"/>
+      <c r="C111" s="32"/>
+      <c r="D111" s="32"/>
+      <c r="E111" s="32"/>
+      <c r="F111" s="32"/>
+      <c r="G111" s="32"/>
+      <c r="H111" s="33"/>
+      <c r="I111" s="34" t="s">
         <v>265</v>
       </c>
-      <c r="J111" s="25"/>
-[...3 lines deleted...]
-      <c r="N111" s="27" t="s">
+      <c r="J111" s="32"/>
+      <c r="K111" s="32"/>
+      <c r="L111" s="32"/>
+      <c r="M111" s="33"/>
+      <c r="N111" s="34" t="s">
         <v>266</v>
       </c>
-      <c r="O111" s="25"/>
-[...7 lines deleted...]
-      <c r="W111" s="28"/>
+      <c r="O111" s="32"/>
+      <c r="P111" s="32"/>
+      <c r="Q111" s="32"/>
+      <c r="R111" s="32"/>
+      <c r="S111" s="32"/>
+      <c r="T111" s="32"/>
+      <c r="U111" s="32"/>
+      <c r="V111" s="32"/>
+      <c r="W111" s="35"/>
     </row>
-    <row r="112" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A112" s="24" t="s">
+    <row r="112" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="31" t="s">
         <v>267</v>
       </c>
-      <c r="B112" s="25"/>
-[...6 lines deleted...]
-      <c r="I112" s="27" t="s">
+      <c r="B112" s="32"/>
+      <c r="C112" s="32"/>
+      <c r="D112" s="32"/>
+      <c r="E112" s="32"/>
+      <c r="F112" s="32"/>
+      <c r="G112" s="32"/>
+      <c r="H112" s="33"/>
+      <c r="I112" s="34" t="s">
         <v>268</v>
       </c>
-      <c r="J112" s="25"/>
-[...3 lines deleted...]
-      <c r="N112" s="27" t="s">
+      <c r="J112" s="32"/>
+      <c r="K112" s="32"/>
+      <c r="L112" s="32"/>
+      <c r="M112" s="33"/>
+      <c r="N112" s="34" t="s">
         <v>269</v>
       </c>
-      <c r="O112" s="25"/>
-[...7 lines deleted...]
-      <c r="W112" s="28"/>
+      <c r="O112" s="32"/>
+      <c r="P112" s="32"/>
+      <c r="Q112" s="32"/>
+      <c r="R112" s="32"/>
+      <c r="S112" s="32"/>
+      <c r="T112" s="32"/>
+      <c r="U112" s="32"/>
+      <c r="V112" s="32"/>
+      <c r="W112" s="35"/>
     </row>
-    <row r="113" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A113" s="24" t="s">
+    <row r="113" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="31" t="s">
         <v>270</v>
       </c>
-      <c r="B113" s="25"/>
-[...6 lines deleted...]
-      <c r="I113" s="27" t="s">
+      <c r="B113" s="32"/>
+      <c r="C113" s="32"/>
+      <c r="D113" s="32"/>
+      <c r="E113" s="32"/>
+      <c r="F113" s="32"/>
+      <c r="G113" s="32"/>
+      <c r="H113" s="33"/>
+      <c r="I113" s="34" t="s">
         <v>271</v>
       </c>
-      <c r="J113" s="25"/>
-[...3 lines deleted...]
-      <c r="N113" s="27" t="s">
+      <c r="J113" s="32"/>
+      <c r="K113" s="32"/>
+      <c r="L113" s="32"/>
+      <c r="M113" s="33"/>
+      <c r="N113" s="34" t="s">
         <v>272</v>
       </c>
-      <c r="O113" s="25"/>
-[...7 lines deleted...]
-      <c r="W113" s="28"/>
+      <c r="O113" s="32"/>
+      <c r="P113" s="32"/>
+      <c r="Q113" s="32"/>
+      <c r="R113" s="32"/>
+      <c r="S113" s="32"/>
+      <c r="T113" s="32"/>
+      <c r="U113" s="32"/>
+      <c r="V113" s="32"/>
+      <c r="W113" s="35"/>
     </row>
-    <row r="114" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A114" s="24" t="s">
+    <row r="114" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="31" t="s">
         <v>273</v>
       </c>
-      <c r="B114" s="25"/>
-[...6 lines deleted...]
-      <c r="I114" s="27" t="s">
+      <c r="B114" s="32"/>
+      <c r="C114" s="32"/>
+      <c r="D114" s="32"/>
+      <c r="E114" s="32"/>
+      <c r="F114" s="32"/>
+      <c r="G114" s="32"/>
+      <c r="H114" s="33"/>
+      <c r="I114" s="34" t="s">
         <v>274</v>
       </c>
-      <c r="J114" s="25"/>
-[...3 lines deleted...]
-      <c r="N114" s="27" t="s">
+      <c r="J114" s="32"/>
+      <c r="K114" s="32"/>
+      <c r="L114" s="32"/>
+      <c r="M114" s="33"/>
+      <c r="N114" s="34" t="s">
         <v>269</v>
       </c>
-      <c r="O114" s="25"/>
-[...7 lines deleted...]
-      <c r="W114" s="28"/>
+      <c r="O114" s="32"/>
+      <c r="P114" s="32"/>
+      <c r="Q114" s="32"/>
+      <c r="R114" s="32"/>
+      <c r="S114" s="32"/>
+      <c r="T114" s="32"/>
+      <c r="U114" s="32"/>
+      <c r="V114" s="32"/>
+      <c r="W114" s="35"/>
     </row>
-    <row r="115" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A115" s="24" t="s">
+    <row r="115" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="31" t="s">
         <v>275</v>
       </c>
-      <c r="B115" s="25"/>
-[...6 lines deleted...]
-      <c r="I115" s="27" t="s">
+      <c r="B115" s="32"/>
+      <c r="C115" s="32"/>
+      <c r="D115" s="32"/>
+      <c r="E115" s="32"/>
+      <c r="F115" s="32"/>
+      <c r="G115" s="32"/>
+      <c r="H115" s="33"/>
+      <c r="I115" s="34" t="s">
         <v>276</v>
       </c>
-      <c r="J115" s="25"/>
-[...3 lines deleted...]
-      <c r="N115" s="27" t="s">
+      <c r="J115" s="32"/>
+      <c r="K115" s="32"/>
+      <c r="L115" s="32"/>
+      <c r="M115" s="33"/>
+      <c r="N115" s="34" t="s">
         <v>277</v>
       </c>
-      <c r="O115" s="25"/>
-[...7 lines deleted...]
-      <c r="W115" s="28"/>
+      <c r="O115" s="32"/>
+      <c r="P115" s="32"/>
+      <c r="Q115" s="32"/>
+      <c r="R115" s="32"/>
+      <c r="S115" s="32"/>
+      <c r="T115" s="32"/>
+      <c r="U115" s="32"/>
+      <c r="V115" s="32"/>
+      <c r="W115" s="35"/>
     </row>
-    <row r="116" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A116" s="192" t="s">
+    <row r="116" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="43" t="s">
         <v>295</v>
       </c>
-      <c r="B116" s="25"/>
-[...6 lines deleted...]
-      <c r="I116" s="27" t="s">
+      <c r="B116" s="32"/>
+      <c r="C116" s="32"/>
+      <c r="D116" s="32"/>
+      <c r="E116" s="32"/>
+      <c r="F116" s="32"/>
+      <c r="G116" s="32"/>
+      <c r="H116" s="33"/>
+      <c r="I116" s="34" t="s">
         <v>278</v>
       </c>
-      <c r="J116" s="25"/>
-[...3 lines deleted...]
-      <c r="N116" s="27" t="s">
+      <c r="J116" s="32"/>
+      <c r="K116" s="32"/>
+      <c r="L116" s="32"/>
+      <c r="M116" s="33"/>
+      <c r="N116" s="34" t="s">
         <v>279</v>
       </c>
-      <c r="O116" s="25"/>
-[...7 lines deleted...]
-      <c r="W116" s="28"/>
+      <c r="O116" s="32"/>
+      <c r="P116" s="32"/>
+      <c r="Q116" s="32"/>
+      <c r="R116" s="32"/>
+      <c r="S116" s="32"/>
+      <c r="T116" s="32"/>
+      <c r="U116" s="32"/>
+      <c r="V116" s="32"/>
+      <c r="W116" s="35"/>
     </row>
-    <row r="117" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A117" s="24" t="s">
+    <row r="117" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="31" t="s">
         <v>280</v>
       </c>
-      <c r="B117" s="25"/>
-[...6 lines deleted...]
-      <c r="I117" s="27" t="s">
+      <c r="B117" s="32"/>
+      <c r="C117" s="32"/>
+      <c r="D117" s="32"/>
+      <c r="E117" s="32"/>
+      <c r="F117" s="32"/>
+      <c r="G117" s="32"/>
+      <c r="H117" s="33"/>
+      <c r="I117" s="34" t="s">
         <v>281</v>
       </c>
-      <c r="J117" s="25"/>
-[...3 lines deleted...]
-      <c r="N117" s="27" t="s">
+      <c r="J117" s="32"/>
+      <c r="K117" s="32"/>
+      <c r="L117" s="32"/>
+      <c r="M117" s="33"/>
+      <c r="N117" s="34" t="s">
         <v>282</v>
       </c>
-      <c r="O117" s="25"/>
-[...2 lines deleted...]
-      <c r="R117" s="36" t="s">
+      <c r="O117" s="32"/>
+      <c r="P117" s="32"/>
+      <c r="Q117" s="33"/>
+      <c r="R117" s="44" t="s">
         <v>283</v>
       </c>
-      <c r="S117" s="37"/>
+      <c r="S117" s="45"/>
       <c r="T117" s="19" t="s">
         <v>284</v>
       </c>
       <c r="U117" s="19" t="s">
         <v>283</v>
       </c>
-      <c r="V117" s="36" t="s">
+      <c r="V117" s="44" t="s">
         <v>283</v>
       </c>
-      <c r="W117" s="38"/>
+      <c r="W117" s="46"/>
     </row>
-    <row r="118" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A118" s="24" t="s">
+    <row r="118" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="31" t="s">
         <v>285</v>
       </c>
-      <c r="B118" s="25"/>
-[...6 lines deleted...]
-      <c r="I118" s="27" t="s">
+      <c r="B118" s="32"/>
+      <c r="C118" s="32"/>
+      <c r="D118" s="32"/>
+      <c r="E118" s="32"/>
+      <c r="F118" s="32"/>
+      <c r="G118" s="32"/>
+      <c r="H118" s="33"/>
+      <c r="I118" s="34" t="s">
         <v>286</v>
       </c>
-      <c r="J118" s="25"/>
-[...3 lines deleted...]
-      <c r="N118" s="27" t="s">
+      <c r="J118" s="32"/>
+      <c r="K118" s="32"/>
+      <c r="L118" s="32"/>
+      <c r="M118" s="33"/>
+      <c r="N118" s="34" t="s">
         <v>277</v>
       </c>
-      <c r="O118" s="25"/>
-[...7 lines deleted...]
-      <c r="W118" s="28"/>
+      <c r="O118" s="32"/>
+      <c r="P118" s="32"/>
+      <c r="Q118" s="32"/>
+      <c r="R118" s="32"/>
+      <c r="S118" s="32"/>
+      <c r="T118" s="32"/>
+      <c r="U118" s="32"/>
+      <c r="V118" s="32"/>
+      <c r="W118" s="35"/>
     </row>
-    <row r="119" spans="1:23" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A119" s="24" t="s">
+    <row r="119" spans="1:23" ht="10" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="31" t="s">
         <v>287</v>
       </c>
-      <c r="B119" s="25"/>
-[...6 lines deleted...]
-      <c r="I119" s="27" t="s">
+      <c r="B119" s="32"/>
+      <c r="C119" s="32"/>
+      <c r="D119" s="32"/>
+      <c r="E119" s="32"/>
+      <c r="F119" s="32"/>
+      <c r="G119" s="32"/>
+      <c r="H119" s="33"/>
+      <c r="I119" s="34" t="s">
         <v>286</v>
       </c>
-      <c r="J119" s="25"/>
-[...3 lines deleted...]
-      <c r="N119" s="27" t="s">
+      <c r="J119" s="32"/>
+      <c r="K119" s="32"/>
+      <c r="L119" s="32"/>
+      <c r="M119" s="33"/>
+      <c r="N119" s="34" t="s">
         <v>277</v>
       </c>
-      <c r="O119" s="25"/>
-[...7 lines deleted...]
-      <c r="W119" s="28"/>
+      <c r="O119" s="32"/>
+      <c r="P119" s="32"/>
+      <c r="Q119" s="32"/>
+      <c r="R119" s="32"/>
+      <c r="S119" s="32"/>
+      <c r="T119" s="32"/>
+      <c r="U119" s="32"/>
+      <c r="V119" s="32"/>
+      <c r="W119" s="35"/>
     </row>
-    <row r="120" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A120" s="24" t="s">
+    <row r="120" spans="1:23" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="31" t="s">
         <v>288</v>
       </c>
-      <c r="B120" s="25"/>
-[...6 lines deleted...]
-      <c r="I120" s="27" t="s">
+      <c r="B120" s="32"/>
+      <c r="C120" s="32"/>
+      <c r="D120" s="32"/>
+      <c r="E120" s="32"/>
+      <c r="F120" s="32"/>
+      <c r="G120" s="32"/>
+      <c r="H120" s="33"/>
+      <c r="I120" s="34" t="s">
         <v>286</v>
       </c>
-      <c r="J120" s="25"/>
-[...3 lines deleted...]
-      <c r="N120" s="27" t="s">
+      <c r="J120" s="32"/>
+      <c r="K120" s="32"/>
+      <c r="L120" s="32"/>
+      <c r="M120" s="33"/>
+      <c r="N120" s="34" t="s">
         <v>277</v>
       </c>
-      <c r="O120" s="25"/>
-[...7 lines deleted...]
-      <c r="W120" s="28"/>
+      <c r="O120" s="32"/>
+      <c r="P120" s="32"/>
+      <c r="Q120" s="32"/>
+      <c r="R120" s="32"/>
+      <c r="S120" s="32"/>
+      <c r="T120" s="32"/>
+      <c r="U120" s="32"/>
+      <c r="V120" s="32"/>
+      <c r="W120" s="35"/>
     </row>
-    <row r="121" spans="1:23" ht="8.6999999999999993" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A121" s="29" t="s">
+    <row r="121" spans="1:23" ht="8.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="36" t="s">
         <v>289</v>
       </c>
-      <c r="B121" s="30"/>
-[...20 lines deleted...]
-      <c r="W121" s="35"/>
+      <c r="B121" s="37"/>
+      <c r="C121" s="37"/>
+      <c r="D121" s="37"/>
+      <c r="E121" s="37"/>
+      <c r="F121" s="37"/>
+      <c r="G121" s="37"/>
+      <c r="H121" s="38"/>
+      <c r="I121" s="39"/>
+      <c r="J121" s="40"/>
+      <c r="K121" s="40"/>
+      <c r="L121" s="40"/>
+      <c r="M121" s="41"/>
+      <c r="N121" s="39"/>
+      <c r="O121" s="40"/>
+      <c r="P121" s="40"/>
+      <c r="Q121" s="40"/>
+      <c r="R121" s="40"/>
+      <c r="S121" s="40"/>
+      <c r="T121" s="40"/>
+      <c r="U121" s="40"/>
+      <c r="V121" s="40"/>
+      <c r="W121" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="528">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="C1:X1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="H2:J2"/>
     <mergeCell ref="K2:L2"/>
     <mergeCell ref="M2:O2"/>
     <mergeCell ref="Q2:T2"/>
     <mergeCell ref="U2:V2"/>
     <mergeCell ref="W2:X2"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="M3:N3"/>
     <mergeCell ref="Q3:R3"/>
     <mergeCell ref="S3:T3"/>
     <mergeCell ref="U3:V3"/>
     <mergeCell ref="W3:X3"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="E4:I4"/>
     <mergeCell ref="J4:N4"/>
     <mergeCell ref="P4:V4"/>
     <mergeCell ref="W4:X4"/>
@@ -12160,81 +12398,360 @@
     <mergeCell ref="N115:W115"/>
     <mergeCell ref="A116:H116"/>
     <mergeCell ref="I116:M116"/>
     <mergeCell ref="N116:W116"/>
     <mergeCell ref="A117:H117"/>
     <mergeCell ref="I117:M117"/>
     <mergeCell ref="N117:Q117"/>
     <mergeCell ref="R117:S117"/>
     <mergeCell ref="V117:W117"/>
     <mergeCell ref="A118:H118"/>
     <mergeCell ref="I118:M118"/>
     <mergeCell ref="N118:W118"/>
     <mergeCell ref="A119:H119"/>
     <mergeCell ref="I119:M119"/>
     <mergeCell ref="N119:W119"/>
     <mergeCell ref="A120:H120"/>
     <mergeCell ref="I120:M120"/>
     <mergeCell ref="N120:W120"/>
     <mergeCell ref="A121:H121"/>
     <mergeCell ref="I121:M121"/>
     <mergeCell ref="N121:W121"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="76" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" xsi:nil="true"/>
+    <Hascontentbeenuploaded xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">true</Hascontentbeenuploaded>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FF6005E5D74DD940B6EBE89D865EFB84" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5cd84b22c6f42336f422ad03ad6aba57">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a51d9f3-36e9-480f-ad55-5f29a773c374" xmlns:ns3="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="377aa82bfbbf21f697d386ba54679fa1" ns2:_="" ns3:_="">
+    <xsd:import namespace="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <xsd:import namespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:Hascontentbeenuploaded" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a51d9f3-36e9-480f-ad55-5f29a773c374" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0d1b9b15-6ca2-435f-87bd-c880ab911653" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Hascontentbeenuploaded" ma:index="20" nillable="true" ma:displayName="Has content been uploaded" ma:default="1" ma:format="Dropdown" ma:internalName="Hascontentbeenuploaded">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b650d3c7-c21a-45fa-9c6a-89edbfed0a2e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5678a980-3ba3-4bd5-a7b3-4f54691c6b59">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D4A94CE-E731-482A-89DB-59D637A37382}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <ds:schemaRef ds:uri="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2044972-44E1-4616-A168-B4B783272735}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3667C231-1771-425A-B6EB-69BA6E938F11}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Table 1</vt:lpstr>
+      <vt:lpstr>PT-10A</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ehmills</dc:creator>
+  <dc:title>CONSOLIDATION AND EVALUATION OF DIGEST 2025</dc:title>
+  <dc:creator>Georgia Department of Revenue</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-04-21T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe Acrobat Pro DC 15.6.30527</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2022-07-01T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Adobe Acrobat Pro DC 15.6.30527</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
+    <vt:lpwstr>0x010100FF6005E5D74DD940B6EBE89D865EFB84</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>