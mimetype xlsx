--- v0 (2025-10-08)
+++ v1 (2026-01-07)
@@ -3,351 +3,354 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Unencrypted\Digest Submission\Digest Forms\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gets.sharepoint.com/sites/DOR-ADAWebsiteComplianceProject-TeamSite/Shared Documents/General/Tracking - Division Remediation/Div LGS-All/2025.09.18 LGS County Portal xlsx TBR Remediated/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C95BC266-F25A-4D34-89B5-697F1F202C9E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="2" documentId="13_ncr:1_{B8FB2697-B6C1-42AF-9B7D-25FAC8396990}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{59B88651-5D92-4C9B-B21B-0D86B5671253}"/>
   <bookViews>
-    <workbookView xWindow="-96" yWindow="-96" windowWidth="23232" windowHeight="13872" xr2:uid="{1E545FFF-36CE-4F0E-8F0E-18F8CA194865}"/>
+    <workbookView xWindow="720" yWindow="720" windowWidth="16920" windowHeight="10450" xr2:uid="{1E545FFF-36CE-4F0E-8F0E-18F8CA194865}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="PT-77" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K27" i="1" l="1"/>
-[...32 lines deleted...]
-  <c r="D43" i="1" l="1"/>
+  <c r="E26" i="1" l="1"/>
+  <c r="J26" i="1" l="1"/>
+  <c r="K26" i="1" s="1"/>
+  <c r="D43" i="1"/>
   <c r="E42" i="1"/>
   <c r="E41" i="1"/>
   <c r="E40" i="1"/>
   <c r="E39" i="1"/>
   <c r="E38" i="1"/>
   <c r="E37" i="1"/>
   <c r="E36" i="1"/>
   <c r="E35" i="1"/>
   <c r="E34" i="1"/>
   <c r="E33" i="1"/>
   <c r="E32" i="1"/>
   <c r="E31" i="1"/>
   <c r="E30" i="1"/>
   <c r="E29" i="1"/>
   <c r="E28" i="1"/>
   <c r="E27" i="1"/>
-  <c r="J29" i="1" l="1"/>
+  <c r="J41" i="1" l="1"/>
+  <c r="K41" i="1" s="1"/>
+  <c r="J42" i="1"/>
+  <c r="K42" i="1" s="1"/>
+  <c r="J30" i="1"/>
+  <c r="K30" i="1" s="1"/>
+  <c r="J31" i="1"/>
+  <c r="K31" i="1" s="1"/>
+  <c r="J32" i="1"/>
+  <c r="K32" i="1" s="1"/>
+  <c r="J33" i="1"/>
+  <c r="K33" i="1" s="1"/>
+  <c r="J35" i="1"/>
+  <c r="K35" i="1" s="1"/>
+  <c r="J28" i="1"/>
+  <c r="K28" i="1" s="1"/>
+  <c r="J36" i="1"/>
+  <c r="K36" i="1"/>
+  <c r="J38" i="1"/>
+  <c r="K38" i="1" s="1"/>
+  <c r="J39" i="1"/>
+  <c r="K39" i="1" s="1"/>
+  <c r="J40" i="1"/>
+  <c r="K40" i="1" s="1"/>
+  <c r="J34" i="1"/>
+  <c r="K34" i="1"/>
+  <c r="J27" i="1"/>
+  <c r="K27" i="1" s="1"/>
+  <c r="J37" i="1"/>
+  <c r="K37" i="1"/>
+  <c r="J29" i="1"/>
   <c r="K29" i="1" s="1"/>
   <c r="E43" i="1"/>
   <c r="J43" i="1" l="1"/>
   <c r="K43" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="66">
   <si>
+    <t>PT-77 (Rev. 03/25)</t>
+  </si>
+  <si>
+    <t>FOR REVENUE DEPARTMENT USE ONLY</t>
+  </si>
+  <si>
+    <t>FOREST LAND PROTECTION GRANT REIMBURSEMENT - 2025</t>
+  </si>
+  <si>
+    <t>PT-77 Received:</t>
+  </si>
+  <si>
+    <t>Revised:</t>
+  </si>
+  <si>
+    <t>Due Date:</t>
+  </si>
+  <si>
     <t>COUNTY NAME:</t>
   </si>
   <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Payment Date:</t>
+  </si>
+  <si>
     <t>ADDRESS:</t>
   </si>
   <si>
     <t>CITY/STATE/ZIP:</t>
   </si>
   <si>
+    <t>Mailing Address:</t>
+  </si>
+  <si>
     <t>PHONE NUMBER:</t>
-  </si>
-[...88 lines deleted...]
-    <t>ITEM #11, PT-32.1A</t>
   </si>
   <si>
     <r>
       <t>FAX</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">: </t>
     </r>
   </si>
   <si>
+    <t>Department of Revenue</t>
+  </si>
+  <si>
+    <t>CONTACT NAME:</t>
+  </si>
+  <si>
+    <t>Local Government Services Division</t>
+  </si>
+  <si>
+    <t>FEDERAL ID #:</t>
+  </si>
+  <si>
+    <t>58-</t>
+  </si>
+  <si>
+    <t>4125 Welcome All Road, Suite 701</t>
+  </si>
+  <si>
+    <t>Atlanta, GA 30349</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This certification must be accompanied by the following items in order to be processed:    </t>
+  </si>
+  <si>
+    <t>http://dor.georgia.gov/</t>
+  </si>
+  <si>
+    <t>1. Form PT-32.1A FLPA Revenue Reduction Calculation Worksheet.</t>
+  </si>
+  <si>
+    <t>2. Form PT-35 and PT-38 Millage Rate Certifications forms.</t>
+  </si>
+  <si>
+    <t>3. A scanned copy of each recorded FLPA covenant document.</t>
+  </si>
+  <si>
+    <t>4. Form PT-77A Adjustments from prior years, if applicable.</t>
+  </si>
+  <si>
+    <t>Electronic Application &amp; Request of Forest Land Assistance:         https://sso.dor.ga.gov</t>
+  </si>
+  <si>
+    <t>COMBINE COUNTY INCORPORATED AND COUNTY UNINCORPORATED TOTALS IF THE MILLAGE RATE IS THE SAME</t>
+  </si>
+  <si>
+    <t>Column 1</t>
+  </si>
+  <si>
+    <t>Column 2</t>
+  </si>
+  <si>
+    <t>Column 3</t>
+  </si>
+  <si>
     <t>Column 4</t>
   </si>
   <si>
+    <t>Column 5</t>
+  </si>
+  <si>
+    <t>Column 6</t>
+  </si>
+  <si>
+    <t>Column 7</t>
+  </si>
+  <si>
+    <t>NET</t>
+  </si>
+  <si>
+    <t>NET 2025</t>
+  </si>
+  <si>
+    <t>3% ADMIN</t>
+  </si>
+  <si>
+    <t>DISTRICT</t>
+  </si>
+  <si>
+    <t>REIMBURSEMENT</t>
+  </si>
+  <si>
     <t>ADJUSTMENTS</t>
   </si>
   <si>
-    <t>Column 5</t>
-[...1 lines deleted...]
-  <si>
     <t>FLPA GRANT</t>
   </si>
   <si>
+    <t>FEE</t>
+  </si>
+  <si>
+    <t>AMOUNT</t>
+  </si>
+  <si>
+    <t>NAME</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MILLAGE  </t>
+  </si>
+  <si>
+    <t>VALUE</t>
+  </si>
+  <si>
     <t>AFTER</t>
   </si>
   <si>
-    <t>FOR REVENUE DEPARTMENT USE ONLY</t>
-[...37 lines deleted...]
-  <si>
     <t>(Column 9</t>
   </si>
   <si>
+    <t>TO BE PAID</t>
+  </si>
+  <si>
+    <t>RATE</t>
+  </si>
+  <si>
+    <t>ITEM #11, PT-32.1A</t>
+  </si>
+  <si>
     <t>x 3%)</t>
   </si>
   <si>
-    <t>AMOUNT</t>
-[...4 lines deleted...]
-  <si>
     <t>AFTER 3% FEE</t>
   </si>
   <si>
-    <t>Electronic Application &amp; Request of Forest Land Assistance:         https://sso.dor.ga.gov</t>
-[...14 lines deleted...]
-    <t>NET 2025</t>
+    <t>COUNTY  (If Inc/Uninc are same)</t>
+  </si>
+  <si>
+    <t>INCORPORATED</t>
+  </si>
+  <si>
+    <t>UNINCORPORATED</t>
+  </si>
+  <si>
+    <t>SCHOOL</t>
+  </si>
+  <si>
+    <t>MUNICIPALITY</t>
+  </si>
+  <si>
+    <t>SPECIAL DISTRICTS (04 &amp; Prior)</t>
+  </si>
+  <si>
+    <t>TOTAL  &gt;&gt;&gt;</t>
+  </si>
+  <si>
+    <t>I hereby certify that the information for each of the districts listed above is a true and accurate representation of the applicable "Millage Rate", the "Reimbursement Value", the total amount</t>
   </si>
   <si>
     <t>of the 2025 Forest Land Protection Reimbursement (in assessed value and tax dollars) and the "Adjustments" made to any previous or current tax year, and the "Net Grant Amount"</t>
   </si>
   <si>
     <t>actually allowed for all qualified properties as listed on the 2025 County, County School, Special Districts and Municipal tax digests.</t>
+  </si>
+  <si>
+    <t>Signature of Tax Commissioner  ________________________________________________________                           Date: ____________________________</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;_);_(@_)"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -900,68 +903,59 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
   <cellXfs count="100">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1046,86 +1040,95 @@
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -1485,1113 +1488,1162 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dor.georgia.gov/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dor.ga.gov/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dor.ga.gov/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dor.georgia.gov/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dor.ga.gov/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51A41CD7-8743-47B5-A260-A496C6750ADD}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K49"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A47" sqref="A47:H47"/>
+    <sheetView tabSelected="1" topLeftCell="A24" workbookViewId="0">
+      <selection activeCell="D43" sqref="D43"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="36.89453125" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="11" width="28.41796875" customWidth="1"/>
+    <col min="1" max="1" width="36.81640625" customWidth="1"/>
+    <col min="2" max="2" width="9.1796875" customWidth="1"/>
+    <col min="3" max="3" width="22.26953125" customWidth="1"/>
+    <col min="4" max="4" width="22.54296875" customWidth="1"/>
+    <col min="5" max="5" width="19.453125" customWidth="1"/>
+    <col min="6" max="6" width="0.1796875" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="11.81640625" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="10.1796875" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="0.1796875" customWidth="1"/>
+    <col min="10" max="10" width="16.453125" customWidth="1"/>
+    <col min="11" max="11" width="37.81640625" customWidth="1"/>
+    <col min="12" max="16384" width="9.1796875" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.55000000000000004">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="I1" s="82" t="s">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="J1" s="83"/>
       <c r="K1" s="84"/>
     </row>
-    <row r="2" spans="1:11" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+    <row r="2" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="3"/>
       <c r="C2" s="2"/>
       <c r="I2" s="85"/>
       <c r="J2" s="86"/>
       <c r="K2" s="87"/>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.55000000000000004">
+    <row r="3" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A3" s="88" t="s">
-        <v>62</v>
+        <v>2</v>
       </c>
       <c r="B3" s="89"/>
       <c r="C3" s="89"/>
       <c r="D3" s="89"/>
       <c r="E3" s="90"/>
       <c r="I3" s="4" t="s">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="J3" s="94"/>
       <c r="K3" s="95"/>
     </row>
-    <row r="4" spans="1:11" ht="14.7" thickBot="1" x14ac:dyDescent="0.6">
+    <row r="4" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="91"/>
       <c r="B4" s="92"/>
       <c r="C4" s="92"/>
       <c r="D4" s="92"/>
       <c r="E4" s="93"/>
       <c r="I4" s="4" t="s">
-        <v>42</v>
+        <v>4</v>
       </c>
       <c r="J4" s="94"/>
       <c r="K4" s="95"/>
     </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.55000000000000004">
+    <row r="5" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A5" s="3"/>
       <c r="C5" s="2"/>
       <c r="I5" s="4" t="s">
-        <v>43</v>
+        <v>5</v>
       </c>
       <c r="J5" s="94"/>
       <c r="K5" s="95"/>
     </row>
-    <row r="6" spans="1:11" ht="15.6" thickBot="1" x14ac:dyDescent="0.6">
+    <row r="6" spans="1:11" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="5" t="s">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="B6" s="96" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="C6" s="96"/>
       <c r="D6" s="96"/>
       <c r="E6" s="96"/>
       <c r="I6" s="6" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="J6" s="97"/>
       <c r="K6" s="98"/>
     </row>
-    <row r="7" spans="1:11" ht="15.3" x14ac:dyDescent="0.55000000000000004">
+    <row r="7" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A7" s="5" t="s">
-        <v>1</v>
-[...6 lines deleted...]
-      <c r="E7" s="78"/>
+        <v>9</v>
+      </c>
+      <c r="B7" s="79" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="79"/>
+      <c r="D7" s="79"/>
+      <c r="E7" s="79"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
     </row>
-    <row r="8" spans="1:11" ht="15.3" x14ac:dyDescent="0.55000000000000004">
+    <row r="8" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A8" s="5" t="s">
-        <v>2</v>
-[...6 lines deleted...]
-      <c r="E8" s="78"/>
+        <v>10</v>
+      </c>
+      <c r="B8" s="79" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="79"/>
+      <c r="D8" s="79"/>
+      <c r="E8" s="79"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="I8" s="99" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="J8" s="99"/>
       <c r="K8" s="99"/>
     </row>
-    <row r="9" spans="1:11" ht="15.3" x14ac:dyDescent="0.55000000000000004">
+    <row r="9" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A9" s="5" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B9" s="80" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="C9" s="80"/>
-      <c r="D9" s="65" t="s">
-        <v>34</v>
+      <c r="D9" s="62" t="s">
+        <v>13</v>
       </c>
       <c r="E9" s="9"/>
       <c r="F9" s="8"/>
       <c r="G9" s="8"/>
-      <c r="I9" s="79" t="s">
-[...5 lines deleted...]
-    <row r="10" spans="1:11" ht="15.3" x14ac:dyDescent="0.55000000000000004">
+      <c r="I9" s="68" t="s">
+        <v>14</v>
+      </c>
+      <c r="J9" s="68"/>
+      <c r="K9" s="68"/>
+    </row>
+    <row r="10" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A10" s="5" t="s">
-        <v>4</v>
-[...6 lines deleted...]
-      <c r="E10" s="78"/>
+        <v>15</v>
+      </c>
+      <c r="B10" s="79" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="79"/>
+      <c r="D10" s="79"/>
+      <c r="E10" s="79"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
-      <c r="I10" s="79" t="s">
-[...5 lines deleted...]
-    <row r="11" spans="1:11" ht="15.3" x14ac:dyDescent="0.55000000000000004">
+      <c r="I10" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="J10" s="68"/>
+      <c r="K10" s="68"/>
+    </row>
+    <row r="11" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A11" s="5" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>17</v>
+      </c>
+      <c r="B11" s="63" t="s">
+        <v>18</v>
       </c>
       <c r="C11" s="80"/>
       <c r="D11" s="80"/>
-      <c r="E11" s="67"/>
+      <c r="E11" s="64"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
-      <c r="I11" s="79" t="s">
-[...5 lines deleted...]
-    <row r="12" spans="1:11" x14ac:dyDescent="0.55000000000000004">
+      <c r="I11" s="68" t="s">
+        <v>19</v>
+      </c>
+      <c r="J11" s="68"/>
+      <c r="K11" s="68"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A12" s="10"/>
       <c r="B12" s="81"/>
       <c r="C12" s="81"/>
       <c r="D12" s="11"/>
       <c r="F12" s="12"/>
       <c r="G12" s="12"/>
-      <c r="I12" s="79" t="s">
+      <c r="I12" s="68" t="s">
+        <v>20</v>
+      </c>
+      <c r="J12" s="68"/>
+      <c r="K12" s="68"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A13" s="70" t="s">
+        <v>21</v>
+      </c>
+      <c r="B13" s="70"/>
+      <c r="C13" s="70"/>
+      <c r="D13" s="70"/>
+      <c r="E13" s="70"/>
+      <c r="F13" s="70"/>
+      <c r="G13" s="70"/>
+      <c r="H13" s="70"/>
+      <c r="I13" s="71" t="s">
+        <v>22</v>
+      </c>
+      <c r="J13" s="71"/>
+      <c r="K13" s="71"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A14" s="66" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="67"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="67"/>
+      <c r="E14" s="67"/>
+      <c r="F14" s="67"/>
+      <c r="G14" s="67"/>
+      <c r="H14" s="67"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="14"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A15" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="15"/>
+      <c r="C15" s="15"/>
+      <c r="D15" s="15"/>
+      <c r="E15" s="15"/>
+      <c r="F15" s="15"/>
+      <c r="G15" s="67"/>
+      <c r="H15" s="67"/>
+      <c r="I15" s="8"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A16" s="72" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="72"/>
+      <c r="C16" s="72"/>
+      <c r="D16" s="72"/>
+      <c r="E16" s="17"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="17"/>
+      <c r="H16" s="17"/>
+      <c r="I16" s="16"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A17" s="69" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" s="69"/>
+      <c r="C17" s="69"/>
+      <c r="D17" s="69"/>
+      <c r="E17" s="59" t="s">
+        <v>27</v>
+      </c>
+      <c r="F17" s="59"/>
+      <c r="G17" s="60"/>
+      <c r="H17" s="60"/>
+      <c r="I17" s="61"/>
+    </row>
+    <row r="18" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A18" s="15"/>
+      <c r="B18" s="65"/>
+      <c r="C18" s="18"/>
+      <c r="D18" s="19"/>
+      <c r="E18" s="19"/>
+      <c r="F18" s="19"/>
+      <c r="G18" s="19"/>
+      <c r="H18" s="20"/>
+      <c r="I18" s="16"/>
+    </row>
+    <row r="19" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A19" s="73" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" s="74"/>
+      <c r="C19" s="74"/>
+      <c r="D19" s="74"/>
+      <c r="E19" s="74"/>
+      <c r="F19" s="74"/>
+      <c r="G19" s="74"/>
+      <c r="H19" s="74"/>
+      <c r="I19" s="74"/>
+      <c r="J19" s="74"/>
+      <c r="K19" s="75"/>
+    </row>
+    <row r="20" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A20" s="21"/>
+      <c r="B20" s="21"/>
+      <c r="C20" s="22"/>
+      <c r="D20" s="21"/>
+      <c r="E20" s="21"/>
+      <c r="F20" s="21"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+    </row>
+    <row r="21" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A21" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="C21" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="D21" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" s="26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" s="26"/>
+      <c r="G21" s="26"/>
+      <c r="H21" s="26"/>
+      <c r="I21" s="26"/>
+      <c r="J21" s="26" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="26" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A22" s="27"/>
+      <c r="B22" s="28">
+        <v>2025</v>
+      </c>
+      <c r="C22" s="29">
+        <v>2025</v>
+      </c>
+      <c r="D22" s="29" t="s">
+        <v>36</v>
+      </c>
+      <c r="E22" s="29" t="s">
+        <v>37</v>
+      </c>
+      <c r="F22" s="30"/>
+      <c r="G22" s="30"/>
+      <c r="H22" s="30"/>
+      <c r="I22" s="30"/>
+      <c r="J22" s="31" t="s">
+        <v>38</v>
+      </c>
+      <c r="K22" s="30">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A23" s="32" t="s">
+        <v>39</v>
+      </c>
+      <c r="B23" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="C23" s="32" t="s">
+        <v>40</v>
+      </c>
+      <c r="D23" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E23" s="32" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" s="34"/>
+      <c r="G23" s="34"/>
+      <c r="H23" s="34"/>
+      <c r="I23" s="34"/>
+      <c r="J23" s="34" t="s">
+        <v>43</v>
+      </c>
+      <c r="K23" s="34" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A24" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="B24" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="C24" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="D24" s="32"/>
+      <c r="E24" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="F24" s="34"/>
+      <c r="G24" s="34"/>
+      <c r="H24" s="34"/>
+      <c r="I24" s="34"/>
+      <c r="J24" s="34" t="s">
         <v>49</v>
       </c>
-      <c r="J12" s="79"/>
-[...13 lines deleted...]
-      <c r="I13" s="70" t="s">
+      <c r="K24" s="34" t="s">
         <v>50</v>
       </c>
-      <c r="J13" s="70"/>
-[...50 lines deleted...]
-      <c r="E17" s="62" t="s">
+    </row>
+    <row r="25" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A25" s="35"/>
+      <c r="B25" s="36" t="s">
+        <v>51</v>
+      </c>
+      <c r="C25" s="35" t="s">
+        <v>52</v>
+      </c>
+      <c r="D25" s="35"/>
+      <c r="E25" s="35" t="s">
+        <v>41</v>
+      </c>
+      <c r="F25" s="37"/>
+      <c r="G25" s="37"/>
+      <c r="H25" s="37"/>
+      <c r="I25" s="37"/>
+      <c r="J25" s="37" t="s">
+        <v>53</v>
+      </c>
+      <c r="K25" s="37" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A26" s="38" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="39"/>
+      <c r="C26" s="40"/>
+      <c r="D26" s="41">
+        <v>10000</v>
+      </c>
+      <c r="E26" s="42">
+        <f>(ROUND(((B26*0.001)*C26),2)-D26)</f>
+        <v>-10000</v>
+      </c>
+      <c r="F26" s="41"/>
+      <c r="G26" s="42"/>
+      <c r="H26" s="42"/>
+      <c r="I26" s="42"/>
+      <c r="J26" s="42">
+        <f>E26*-0.03</f>
+        <v>300</v>
+      </c>
+      <c r="K26" s="42">
+        <f>E26+J26</f>
+        <v>-9700</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A27" s="38" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" s="39"/>
+      <c r="C27" s="40"/>
+      <c r="D27" s="41">
+        <v>10000</v>
+      </c>
+      <c r="E27" s="42">
+        <f t="shared" ref="E27:E42" si="0">(ROUND(((B27*0.001)*C27),2)-D27)</f>
+        <v>-10000</v>
+      </c>
+      <c r="F27" s="41"/>
+      <c r="G27" s="42"/>
+      <c r="H27" s="42"/>
+      <c r="I27" s="42"/>
+      <c r="J27" s="42">
+        <f t="shared" ref="J27:J42" si="1">E27*-0.03</f>
+        <v>300</v>
+      </c>
+      <c r="K27" s="42">
+        <f t="shared" ref="K27:K42" si="2">E27+J27</f>
+        <v>-9700</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A28" s="38" t="s">
+        <v>57</v>
+      </c>
+      <c r="B28" s="39"/>
+      <c r="C28" s="40"/>
+      <c r="D28" s="41">
+        <v>10000</v>
+      </c>
+      <c r="E28" s="42">
+        <f t="shared" si="0"/>
+        <v>-10000</v>
+      </c>
+      <c r="F28" s="41"/>
+      <c r="G28" s="42"/>
+      <c r="H28" s="42"/>
+      <c r="I28" s="42"/>
+      <c r="J28" s="42">
+        <f t="shared" si="1"/>
+        <v>300</v>
+      </c>
+      <c r="K28" s="42">
+        <f t="shared" si="2"/>
+        <v>-9700</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A29" s="38" t="s">
         <v>58</v>
       </c>
-      <c r="F17" s="62"/>
-[...60 lines deleted...]
-      <c r="J21" s="29" t="s">
+      <c r="B29" s="39"/>
+      <c r="C29" s="40"/>
+      <c r="D29" s="41">
+        <v>10000</v>
+      </c>
+      <c r="E29" s="42">
+        <f t="shared" si="0"/>
+        <v>-10000</v>
+      </c>
+      <c r="F29" s="41"/>
+      <c r="G29" s="42"/>
+      <c r="H29" s="42"/>
+      <c r="I29" s="42"/>
+      <c r="J29" s="42">
+        <f t="shared" si="1"/>
+        <v>300</v>
+      </c>
+      <c r="K29" s="42">
+        <f t="shared" si="2"/>
+        <v>-9700</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A30" s="43" t="s">
         <v>59</v>
       </c>
-      <c r="K21" s="29" t="s">
+      <c r="B30" s="39"/>
+      <c r="C30" s="40"/>
+      <c r="D30" s="41"/>
+      <c r="E30" s="42">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F30" s="41"/>
+      <c r="G30" s="42"/>
+      <c r="H30" s="42"/>
+      <c r="I30" s="42"/>
+      <c r="J30" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K30" s="42">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A31" s="44"/>
+      <c r="B31" s="39"/>
+      <c r="C31" s="40"/>
+      <c r="D31" s="41"/>
+      <c r="E31" s="42">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F31" s="41"/>
+      <c r="G31" s="42"/>
+      <c r="H31" s="42"/>
+      <c r="I31" s="42"/>
+      <c r="J31" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K31" s="42">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A32" s="44"/>
+      <c r="B32" s="39"/>
+      <c r="C32" s="40"/>
+      <c r="D32" s="41"/>
+      <c r="E32" s="42">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F32" s="41"/>
+      <c r="G32" s="42"/>
+      <c r="H32" s="42"/>
+      <c r="I32" s="42"/>
+      <c r="J32" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K32" s="42">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A33" s="45"/>
+      <c r="B33" s="39"/>
+      <c r="C33" s="40"/>
+      <c r="D33" s="41"/>
+      <c r="E33" s="42">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F33" s="41"/>
+      <c r="G33" s="42"/>
+      <c r="H33" s="42"/>
+      <c r="I33" s="42"/>
+      <c r="J33" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K33" s="42">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A34" s="46"/>
+      <c r="B34" s="39"/>
+      <c r="C34" s="40"/>
+      <c r="D34" s="41"/>
+      <c r="E34" s="42">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F34" s="41"/>
+      <c r="G34" s="42"/>
+      <c r="H34" s="42"/>
+      <c r="I34" s="42"/>
+      <c r="J34" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K34" s="42">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A35" s="38" t="s">
         <v>60</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="E22" s="32" t="s">
+      <c r="B35" s="39"/>
+      <c r="C35" s="40"/>
+      <c r="D35" s="41"/>
+      <c r="E35" s="42">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F35" s="41"/>
+      <c r="G35" s="42"/>
+      <c r="H35" s="42"/>
+      <c r="I35" s="42"/>
+      <c r="J35" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K35" s="42">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A36" s="46"/>
+      <c r="B36" s="39"/>
+      <c r="C36" s="40"/>
+      <c r="D36" s="41"/>
+      <c r="E36" s="42">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F36" s="41"/>
+      <c r="G36" s="42"/>
+      <c r="H36" s="42"/>
+      <c r="I36" s="42"/>
+      <c r="J36" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K36" s="42">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A37" s="46"/>
+      <c r="B37" s="39"/>
+      <c r="C37" s="40"/>
+      <c r="D37" s="41"/>
+      <c r="E37" s="42">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F37" s="41"/>
+      <c r="G37" s="42"/>
+      <c r="H37" s="42"/>
+      <c r="I37" s="42"/>
+      <c r="J37" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K37" s="42">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A38" s="46"/>
+      <c r="B38" s="39"/>
+      <c r="C38" s="40"/>
+      <c r="D38" s="41"/>
+      <c r="E38" s="42">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F38" s="41"/>
+      <c r="G38" s="42"/>
+      <c r="H38" s="42"/>
+      <c r="I38" s="42"/>
+      <c r="J38" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K38" s="42">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A39" s="46"/>
+      <c r="B39" s="39"/>
+      <c r="C39" s="40"/>
+      <c r="D39" s="41"/>
+      <c r="E39" s="42">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F39" s="41"/>
+      <c r="G39" s="42"/>
+      <c r="H39" s="42"/>
+      <c r="I39" s="42"/>
+      <c r="J39" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K39" s="42">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A40" s="46"/>
+      <c r="B40" s="39"/>
+      <c r="C40" s="40"/>
+      <c r="D40" s="41"/>
+      <c r="E40" s="42">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F40" s="41"/>
+      <c r="G40" s="42"/>
+      <c r="H40" s="42"/>
+      <c r="I40" s="42"/>
+      <c r="J40" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K40" s="42">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A41" s="46"/>
+      <c r="B41" s="39"/>
+      <c r="C41" s="40"/>
+      <c r="D41" s="41"/>
+      <c r="E41" s="42">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F41" s="41"/>
+      <c r="G41" s="42"/>
+      <c r="H41" s="42"/>
+      <c r="I41" s="42"/>
+      <c r="J41" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K41" s="42">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A42" s="47"/>
+      <c r="B42" s="48"/>
+      <c r="C42" s="49"/>
+      <c r="D42" s="50"/>
+      <c r="E42" s="51">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F42" s="41"/>
+      <c r="G42" s="51"/>
+      <c r="H42" s="42"/>
+      <c r="I42" s="51"/>
+      <c r="J42" s="42">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K42" s="42">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A43" s="76" t="s">
+        <v>61</v>
+      </c>
+      <c r="B43" s="77"/>
+      <c r="C43" s="78"/>
+      <c r="D43" s="52">
+        <f>SUM(D26:D42)</f>
+        <v>40000</v>
+      </c>
+      <c r="E43" s="53">
+        <f>SUM(E26:E42)</f>
+        <v>-40000</v>
+      </c>
+      <c r="F43" s="53"/>
+      <c r="G43" s="53"/>
+      <c r="H43" s="53"/>
+      <c r="I43" s="53"/>
+      <c r="J43" s="53">
+        <f t="shared" ref="J43:K43" si="3">SUM(J26:J42)</f>
+        <v>1200</v>
+      </c>
+      <c r="K43" s="53">
+        <f t="shared" si="3"/>
+        <v>-38800</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A44" s="54"/>
+      <c r="C44" s="2"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A45" s="66" t="s">
+        <v>62</v>
+      </c>
+      <c r="B45" s="66"/>
+      <c r="C45" s="22"/>
+      <c r="D45" s="66"/>
+      <c r="E45" s="66"/>
+      <c r="F45" s="66"/>
+      <c r="G45" s="66"/>
+      <c r="H45" s="66"/>
+      <c r="I45" s="66"/>
+      <c r="J45" s="15"/>
+      <c r="K45" s="15"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A46" s="66" t="s">
         <v>63</v>
       </c>
-      <c r="F22" s="33"/>
-[...518 lines deleted...]
-      <c r="A46" s="13" t="s">
+      <c r="B46" s="66"/>
+      <c r="C46" s="22"/>
+      <c r="D46" s="66"/>
+      <c r="E46" s="66"/>
+      <c r="F46" s="66"/>
+      <c r="G46" s="66"/>
+      <c r="H46" s="66"/>
+      <c r="I46" s="66"/>
+      <c r="J46" s="15"/>
+      <c r="K46" s="15"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A47" s="69" t="s">
         <v>64</v>
       </c>
-      <c r="B46" s="13"/>
-[...11 lines deleted...]
-      <c r="A47" s="68" t="s">
+      <c r="B47" s="69"/>
+      <c r="C47" s="69"/>
+      <c r="D47" s="69"/>
+      <c r="E47" s="69"/>
+      <c r="F47" s="69"/>
+      <c r="G47" s="69"/>
+      <c r="H47" s="69"/>
+      <c r="I47" s="55"/>
+      <c r="J47" s="55"/>
+      <c r="K47" s="55"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A48" s="56"/>
+      <c r="B48" s="56"/>
+      <c r="C48" s="57"/>
+      <c r="D48" s="54"/>
+      <c r="E48" s="54"/>
+      <c r="F48" s="54"/>
+      <c r="G48" s="54"/>
+      <c r="H48" s="54"/>
+      <c r="I48" s="54"/>
+      <c r="J48" s="58"/>
+      <c r="K48" s="58"/>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A49" s="69" t="s">
         <v>65</v>
       </c>
-      <c r="B47" s="68"/>
-[...33 lines deleted...]
-      <c r="H49" s="68"/>
+      <c r="B49" s="69"/>
+      <c r="C49" s="69"/>
+      <c r="D49" s="69"/>
+      <c r="E49" s="69"/>
+      <c r="F49" s="69"/>
+      <c r="G49" s="69"/>
+      <c r="H49" s="69"/>
     </row>
   </sheetData>
   <mergeCells count="27">
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="I9:K9"/>
     <mergeCell ref="I1:K1"/>
     <mergeCell ref="I2:K2"/>
     <mergeCell ref="A3:E4"/>
     <mergeCell ref="J3:K3"/>
     <mergeCell ref="J4:K4"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="J6:K6"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="I8:K8"/>
-    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="I12:K12"/>
+    <mergeCell ref="I11:K11"/>
     <mergeCell ref="I10:K10"/>
-    <mergeCell ref="C11:D11"/>
-[...2 lines deleted...]
-    <mergeCell ref="I12:K12"/>
     <mergeCell ref="A47:H47"/>
     <mergeCell ref="A49:H49"/>
     <mergeCell ref="A13:H13"/>
     <mergeCell ref="I13:K13"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A19:K19"/>
     <mergeCell ref="A43:C43"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="B12:C12"/>
   </mergeCells>
   <conditionalFormatting sqref="D43:F43">
     <cfRule type="cellIs" dxfId="2" priority="6" stopIfTrue="1" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E26:E42">
     <cfRule type="cellIs" dxfId="1" priority="7" stopIfTrue="1" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G26:K43">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="I13" r:id="rId1" display="http://www.dor.ga.gov" xr:uid="{8FC62B8F-F038-4193-B15B-AEF043F7BBE0}"/>
     <hyperlink ref="F12:I12" r:id="rId2" display="http://dor.georgia.gov/" xr:uid="{1133109B-5DB3-489F-91C6-7C5F18579861}"/>
+    <hyperlink ref="I13:K13" r:id="rId3" tooltip="Georgia Department of Revenue website" display="http://dor.georgia.gov/" xr:uid="{9299961B-0B0A-49A1-951C-373C6F692BBD}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="69" orientation="landscape" r:id="rId3"/>
+  <pageSetup scale="69" orientation="landscape" r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A515B26A5D244748B85A88B17188E4B3" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3dfe6de751c6b0abe50cb76f0971f228">
-[...1 lines deleted...]
-    <xsd:import namespace="2e4dbd9b-4f83-45f2-8b02-a70d1529c6b1"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FF6005E5D74DD940B6EBE89D865EFB84" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5cd84b22c6f42336f422ad03ad6aba57">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a51d9f3-36e9-480f-ad55-5f29a773c374" xmlns:ns3="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="377aa82bfbbf21f697d386ba54679fa1" ns2:_="" ns3:_="">
+    <xsd:import namespace="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <xsd:import namespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...7 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:Hascontentbeenuploaded" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2e4dbd9b-4f83-45f2-8b02-a70d1529c6b1" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a51d9f3-36e9-480f-ad55-5f29a773c374" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0d1b9b15-6ca2-435f-87bd-c880ab911653" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="15" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="Hascontentbeenuploaded" ma:index="20" nillable="true" ma:displayName="Has content been uploaded" ma:default="1" ma:format="Dropdown" ma:internalName="Hascontentbeenuploaded">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="16" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
-[...4 lines deleted...]
-      </xsd:simpleType>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b650d3c7-c21a-45fa-9c6a-89edbfed0a2e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5678a980-3ba3-4bd5-a7b3-4f54691c6b59">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -2649,127 +2701,122 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" xsi:nil="true"/>
+    <Hascontentbeenuploaded xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">true</Hascontentbeenuploaded>
+  </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C291610F-51F6-4A87-AC82-F27238E9E778}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08E5E342-6BF7-4056-A735-971C9A9154C3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DCE10B3-1493-4112-B886-78AF8D52D34E}">
-[...11 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{622D0134-C4F7-4576-99B1-CDB399AF5DD8}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08E5E342-6BF7-4056-A735-971C9A9154C3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DCE10B3-1493-4112-B886-78AF8D52D34E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <ds:schemaRef ds:uri="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>PT-77</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Woodyard, Shikeena</dc:creator>
+  <dc:title>FOREST LAND PROTECTION GRANT REIMBURSEMENT - 2025</dc:title>
+  <dc:subject/>
+  <dc:creator>Georgia Department of Revenue</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100A515B26A5D244748B85A88B17188E4B3</vt:lpwstr>
+    <vt:lpwstr>0x010100FF6005E5D74DD940B6EBE89D865EFB84</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>