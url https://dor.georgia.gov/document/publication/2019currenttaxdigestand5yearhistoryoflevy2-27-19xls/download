--- v0 (2025-10-08)
+++ v1 (2025-12-16)
@@ -1,61 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Missy\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gets.sharepoint.com/sites/DOR-ADAWebsiteComplianceProject-TeamSite/Shared Documents/General/Tracking - Division Remediation/Div LGS-All/2025.09.18 LGS County Portal xlsx TBR Remediated/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5F79BBE0-5B0E-4937-AB96-A75753DFF38F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="3" documentId="13_ncr:1_{641977B6-6699-4936-8FE8-49022ACFA796}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{54E15D11-0136-4B19-A755-F11853ACCCA4}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="22780" windowHeight="14540" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="Current Prop Tax &amp; 5 Year Levy" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F96" i="1" l="1"/>
   <c r="F98" i="1"/>
   <c r="F100" i="1" s="1"/>
   <c r="F101" i="1" s="1"/>
   <c r="F102" i="1" s="1"/>
   <c r="G96" i="1"/>
   <c r="G98" i="1"/>
@@ -634,51 +638,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="24">
+  <borders count="37">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -935,55 +939,208 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="108">
+  <cellXfs count="130">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1151,216 +1308,282 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="135"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="135"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="135"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="135"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="135"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="135"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...79 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color auto="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color auto="1"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1613,1814 +1836,1825 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B88" sqref="B88:J89"/>
+      <selection activeCell="G18" sqref="G18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.85546875" style="3"/>
-[...11 lines deleted...]
-    <col min="13" max="16384" width="8.85546875" style="3"/>
+    <col min="1" max="1" width="8.81640625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="4.1796875" style="3" customWidth="1"/>
+    <col min="3" max="3" width="4.54296875" style="3" customWidth="1"/>
+    <col min="4" max="4" width="17.26953125" style="3" customWidth="1"/>
+    <col min="5" max="5" width="12.453125" style="3" customWidth="1"/>
+    <col min="6" max="6" width="13.1796875" style="3" customWidth="1"/>
+    <col min="7" max="7" width="12.54296875" style="3" customWidth="1"/>
+    <col min="8" max="8" width="12.81640625" style="3" customWidth="1"/>
+    <col min="9" max="9" width="13.26953125" style="3" customWidth="1"/>
+    <col min="10" max="10" width="16.7265625" style="3" customWidth="1"/>
+    <col min="11" max="11" width="16.1796875" style="3" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="23.26953125" style="3" hidden="1" customWidth="1"/>
+    <col min="13" max="16384" width="8.81640625" style="3" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="73" t="s">
+    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="78" t="s">
         <v>11</v>
       </c>
-      <c r="B1" s="73"/>
-[...7 lines deleted...]
-      <c r="J1" s="73"/>
+      <c r="B1" s="78"/>
+      <c r="C1" s="78"/>
+      <c r="D1" s="78"/>
+      <c r="E1" s="78"/>
+      <c r="F1" s="78"/>
+      <c r="G1" s="78"/>
+      <c r="H1" s="78"/>
+      <c r="I1" s="78"/>
+      <c r="J1" s="78"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
     </row>
-    <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="32"/>
       <c r="B2" s="32"/>
       <c r="C2" s="32"/>
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
       <c r="J2" s="43"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
     </row>
-    <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
     </row>
-    <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="58" t="s">
         <v>41</v>
       </c>
       <c r="B4" s="58"/>
       <c r="C4" s="58"/>
       <c r="D4" s="65" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="65"/>
       <c r="F4" s="65"/>
       <c r="G4" s="65"/>
       <c r="H4" s="65"/>
       <c r="I4" s="65"/>
       <c r="J4" s="65"/>
     </row>
-    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="58"/>
       <c r="B5" s="58"/>
       <c r="C5" s="58"/>
       <c r="D5" s="65" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="65"/>
       <c r="F5" s="65"/>
       <c r="G5" s="65"/>
       <c r="H5" s="65"/>
       <c r="I5" s="65"/>
       <c r="J5" s="65"/>
     </row>
-    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="58"/>
       <c r="B6" s="58"/>
       <c r="C6" s="58"/>
       <c r="D6" s="65" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="65"/>
       <c r="F6" s="65"/>
       <c r="G6" s="65"/>
       <c r="H6" s="65"/>
       <c r="I6" s="65"/>
       <c r="J6" s="65"/>
     </row>
-    <row r="7" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
       <c r="I7" s="5"/>
       <c r="J7" s="5"/>
     </row>
-    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="59" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="60"/>
       <c r="D8" s="60"/>
       <c r="E8" s="60"/>
       <c r="F8" s="60"/>
       <c r="G8" s="60"/>
       <c r="H8" s="60"/>
       <c r="I8" s="60"/>
       <c r="J8" s="61"/>
       <c r="K8" s="6"/>
     </row>
-    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="62" t="s">
         <v>44</v>
       </c>
       <c r="C9" s="63"/>
       <c r="D9" s="63"/>
       <c r="E9" s="63"/>
       <c r="F9" s="63"/>
       <c r="G9" s="63"/>
       <c r="H9" s="63"/>
       <c r="I9" s="63"/>
       <c r="J9" s="64"/>
       <c r="K9" s="7"/>
     </row>
-    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="62" t="s">
         <v>45</v>
       </c>
       <c r="C10" s="63"/>
       <c r="D10" s="63"/>
       <c r="E10" s="63"/>
       <c r="F10" s="63"/>
       <c r="G10" s="63"/>
       <c r="H10" s="63"/>
       <c r="I10" s="63"/>
       <c r="J10" s="64"/>
       <c r="K10" s="7"/>
     </row>
-    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="95" t="s">
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="107" t="s">
         <v>46</v>
       </c>
-      <c r="C11" s="96"/>
-[...6 lines deleted...]
-      <c r="J11" s="97"/>
+      <c r="C11" s="108"/>
+      <c r="D11" s="108"/>
+      <c r="E11" s="108"/>
+      <c r="F11" s="108"/>
+      <c r="G11" s="108"/>
+      <c r="H11" s="108"/>
+      <c r="I11" s="108"/>
+      <c r="J11" s="109"/>
       <c r="K11" s="7"/>
     </row>
-    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="78" t="s">
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="83" t="s">
         <v>48</v>
       </c>
-      <c r="C12" s="79"/>
-[...6 lines deleted...]
-      <c r="J12" s="80"/>
+      <c r="C12" s="84"/>
+      <c r="D12" s="84"/>
+      <c r="E12" s="84"/>
+      <c r="F12" s="84"/>
+      <c r="G12" s="84"/>
+      <c r="H12" s="84"/>
+      <c r="I12" s="84"/>
+      <c r="J12" s="85"/>
       <c r="K12" s="7"/>
     </row>
-    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="J13" s="83"/>
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="86"/>
+      <c r="C13" s="87"/>
+      <c r="D13" s="87"/>
+      <c r="E13" s="87"/>
+      <c r="F13" s="87"/>
+      <c r="G13" s="87"/>
+      <c r="H13" s="87"/>
+      <c r="I13" s="87"/>
+      <c r="J13" s="88"/>
       <c r="K13" s="7"/>
     </row>
-    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="66" t="s">
         <v>22</v>
       </c>
-      <c r="C14" s="67" t="s">
+      <c r="C14" s="69" t="s">
         <v>9</v>
       </c>
-      <c r="D14" s="67"/>
+      <c r="D14" s="70"/>
       <c r="E14" s="8">
         <v>2020</v>
       </c>
       <c r="F14" s="8">
         <v>2021</v>
       </c>
       <c r="G14" s="8">
         <v>2022</v>
       </c>
       <c r="H14" s="8">
         <v>2023</v>
       </c>
       <c r="I14" s="8">
         <v>2024</v>
       </c>
       <c r="J14" s="9">
         <v>2025</v>
       </c>
       <c r="K14" s="7"/>
     </row>
-    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C15" s="90" t="s">
+    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="67"/>
+      <c r="C15" s="95" t="s">
         <v>25</v>
       </c>
       <c r="D15" s="24" t="s">
         <v>1</v>
       </c>
       <c r="E15" s="46"/>
       <c r="F15" s="46"/>
-      <c r="G15" s="46"/>
+      <c r="G15" s="46">
+        <v>456</v>
+      </c>
       <c r="H15" s="46"/>
       <c r="I15" s="46"/>
       <c r="J15" s="47"/>
       <c r="K15" s="7"/>
     </row>
-    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C16" s="90"/>
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="67"/>
+      <c r="C16" s="96"/>
       <c r="D16" s="24" t="s">
         <v>2</v>
       </c>
       <c r="E16" s="46"/>
       <c r="F16" s="46"/>
-      <c r="G16" s="46"/>
+      <c r="G16" s="46">
+        <v>34</v>
+      </c>
       <c r="H16" s="46"/>
       <c r="I16" s="46"/>
       <c r="J16" s="47"/>
       <c r="K16" s="7"/>
     </row>
-    <row r="17" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C17" s="90"/>
+    <row r="17" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="67"/>
+      <c r="C17" s="96"/>
       <c r="D17" s="24" t="s">
         <v>3</v>
       </c>
       <c r="E17" s="46"/>
       <c r="F17" s="46"/>
       <c r="G17" s="46"/>
       <c r="H17" s="46"/>
       <c r="I17" s="46"/>
       <c r="J17" s="47"/>
       <c r="K17" s="7"/>
     </row>
-    <row r="18" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C18" s="90"/>
+    <row r="18" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="67"/>
+      <c r="C18" s="96"/>
       <c r="D18" s="24" t="s">
         <v>4</v>
       </c>
       <c r="E18" s="46"/>
       <c r="F18" s="46"/>
-      <c r="G18" s="46"/>
+      <c r="G18" s="46">
+        <v>2000</v>
+      </c>
       <c r="H18" s="46"/>
       <c r="I18" s="46"/>
       <c r="J18" s="47"/>
       <c r="K18" s="7"/>
     </row>
-    <row r="19" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C19" s="90"/>
+    <row r="19" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="67"/>
+      <c r="C19" s="96"/>
       <c r="D19" s="24" t="s">
         <v>6</v>
       </c>
       <c r="E19" s="46"/>
       <c r="F19" s="46"/>
       <c r="G19" s="46"/>
       <c r="H19" s="46"/>
       <c r="I19" s="46"/>
       <c r="J19" s="47"/>
       <c r="K19" s="7"/>
     </row>
-    <row r="20" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C20" s="90"/>
+    <row r="20" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="67"/>
+      <c r="C20" s="96"/>
       <c r="D20" s="24" t="s">
         <v>5</v>
       </c>
       <c r="E20" s="10">
         <f t="shared" ref="E20:J20" si="0">SUM(E15:E19)</f>
         <v>0</v>
       </c>
       <c r="F20" s="10">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G20" s="10">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>2490</v>
       </c>
       <c r="H20" s="10">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="I20" s="10">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J20" s="34">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K20" s="7"/>
     </row>
-    <row r="21" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C21" s="90"/>
+    <row r="21" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="67"/>
+      <c r="C21" s="96"/>
       <c r="D21" s="25" t="s">
         <v>33</v>
       </c>
       <c r="E21" s="46"/>
       <c r="F21" s="46"/>
       <c r="G21" s="46"/>
       <c r="H21" s="46"/>
       <c r="I21" s="46"/>
       <c r="J21" s="47"/>
       <c r="K21" s="7"/>
     </row>
-    <row r="22" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C22" s="90"/>
+    <row r="22" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="67"/>
+      <c r="C22" s="97"/>
       <c r="D22" s="26" t="s">
         <v>34</v>
       </c>
       <c r="E22" s="19">
         <f t="shared" ref="E22:J22" si="1">E20-E21</f>
         <v>0</v>
       </c>
       <c r="F22" s="19">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G22" s="19">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>2490</v>
       </c>
       <c r="H22" s="19">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I22" s="19">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="J22" s="20">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="K22" s="7"/>
     </row>
-    <row r="23" spans="2:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C23" s="90" t="s">
+    <row r="23" spans="2:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="67"/>
+      <c r="C23" s="95" t="s">
         <v>26</v>
       </c>
       <c r="D23" s="27" t="s">
         <v>35</v>
       </c>
       <c r="E23" s="48"/>
       <c r="F23" s="48"/>
       <c r="G23" s="48"/>
       <c r="H23" s="48"/>
       <c r="I23" s="48"/>
       <c r="J23" s="49"/>
       <c r="K23" s="7"/>
     </row>
-    <row r="24" spans="2:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C24" s="90"/>
+    <row r="24" spans="2:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="67"/>
+      <c r="C24" s="96"/>
       <c r="D24" s="27" t="s">
         <v>29</v>
       </c>
       <c r="E24" s="48"/>
       <c r="F24" s="48"/>
       <c r="G24" s="48"/>
       <c r="H24" s="48"/>
       <c r="I24" s="48"/>
       <c r="J24" s="49"/>
       <c r="K24" s="7"/>
     </row>
-    <row r="25" spans="2:11" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C25" s="90"/>
+    <row r="25" spans="2:11" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="67"/>
+      <c r="C25" s="97"/>
       <c r="D25" s="26" t="s">
         <v>20</v>
       </c>
       <c r="E25" s="37">
         <f t="shared" ref="E25:J25" si="2">E23-E24</f>
         <v>0</v>
       </c>
       <c r="F25" s="37">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="G25" s="37">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="H25" s="37">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="I25" s="37">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J25" s="38">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K25" s="23"/>
     </row>
-    <row r="26" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B26" s="66"/>
+    <row r="26" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="68"/>
       <c r="C26" s="33" t="s">
         <v>27</v>
       </c>
       <c r="D26" s="26" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="39">
         <f t="shared" ref="E26:J26" si="3">E22*(E25/1000)</f>
         <v>0</v>
       </c>
       <c r="F26" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="G26" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="H26" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="I26" s="39">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J26" s="40">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K26" s="7"/>
     </row>
-    <row r="27" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B27" s="71" t="s">
+    <row r="27" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="74" t="s">
         <v>23</v>
       </c>
-      <c r="C27" s="67" t="s">
+      <c r="C27" s="69" t="s">
         <v>8</v>
       </c>
-      <c r="D27" s="67"/>
+      <c r="D27" s="70"/>
       <c r="E27" s="8">
         <v>2020</v>
       </c>
       <c r="F27" s="8">
         <v>2021</v>
       </c>
       <c r="G27" s="8">
         <v>2022</v>
       </c>
       <c r="H27" s="8">
         <v>2023</v>
       </c>
       <c r="I27" s="8">
         <v>2024</v>
       </c>
       <c r="J27" s="9">
         <v>2025</v>
       </c>
       <c r="K27" s="7"/>
     </row>
-    <row r="28" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C28" s="87" t="s">
+    <row r="28" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="75"/>
+      <c r="C28" s="104" t="s">
         <v>25</v>
       </c>
       <c r="D28" s="24" t="s">
         <v>1</v>
       </c>
       <c r="E28" s="46"/>
       <c r="F28" s="46"/>
       <c r="G28" s="46"/>
       <c r="H28" s="46"/>
       <c r="I28" s="46"/>
       <c r="J28" s="47"/>
       <c r="K28" s="7"/>
     </row>
-    <row r="29" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C29" s="87"/>
+    <row r="29" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="75"/>
+      <c r="C29" s="105"/>
       <c r="D29" s="24" t="s">
         <v>2</v>
       </c>
       <c r="E29" s="46"/>
       <c r="F29" s="46"/>
       <c r="G29" s="46"/>
       <c r="H29" s="46"/>
       <c r="I29" s="46"/>
       <c r="J29" s="47"/>
       <c r="K29" s="7"/>
     </row>
-    <row r="30" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C30" s="87"/>
+    <row r="30" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="75"/>
+      <c r="C30" s="105"/>
       <c r="D30" s="24" t="s">
         <v>3</v>
       </c>
       <c r="E30" s="46"/>
       <c r="F30" s="46"/>
       <c r="G30" s="46"/>
       <c r="H30" s="46"/>
       <c r="I30" s="46"/>
       <c r="J30" s="47"/>
       <c r="K30" s="7"/>
     </row>
-    <row r="31" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C31" s="87"/>
+    <row r="31" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="75"/>
+      <c r="C31" s="105"/>
       <c r="D31" s="24" t="s">
         <v>4</v>
       </c>
       <c r="E31" s="46"/>
       <c r="F31" s="46"/>
       <c r="G31" s="46"/>
       <c r="H31" s="46"/>
       <c r="I31" s="46"/>
       <c r="J31" s="47"/>
       <c r="K31" s="7"/>
     </row>
-    <row r="32" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C32" s="87"/>
+    <row r="32" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="75"/>
+      <c r="C32" s="105"/>
       <c r="D32" s="24" t="s">
         <v>6</v>
       </c>
       <c r="E32" s="46"/>
       <c r="F32" s="46"/>
       <c r="G32" s="46"/>
       <c r="H32" s="46"/>
       <c r="I32" s="46"/>
       <c r="J32" s="47"/>
       <c r="K32" s="7"/>
     </row>
-    <row r="33" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C33" s="87"/>
+    <row r="33" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B33" s="75"/>
+      <c r="C33" s="105"/>
       <c r="D33" s="24" t="s">
         <v>5</v>
       </c>
       <c r="E33" s="11">
         <f t="shared" ref="E33:J33" si="4">SUM(E28:E32)</f>
         <v>0</v>
       </c>
       <c r="F33" s="11">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G33" s="11">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="H33" s="11">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="I33" s="11">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J33" s="12">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="K33" s="7"/>
     </row>
-    <row r="34" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C34" s="87"/>
+    <row r="34" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B34" s="75"/>
+      <c r="C34" s="105"/>
       <c r="D34" s="29" t="s">
         <v>33</v>
       </c>
       <c r="E34" s="46"/>
       <c r="F34" s="46"/>
       <c r="G34" s="46"/>
       <c r="H34" s="46"/>
       <c r="I34" s="46"/>
       <c r="J34" s="47"/>
       <c r="K34" s="7"/>
     </row>
-    <row r="35" spans="1:11" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C35" s="87"/>
+    <row r="35" spans="1:11" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="75"/>
+      <c r="C35" s="106"/>
       <c r="D35" s="26" t="s">
         <v>34</v>
       </c>
       <c r="E35" s="19">
         <f t="shared" ref="E35:J35" si="5">E33-E34</f>
         <v>0</v>
       </c>
       <c r="F35" s="19">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G35" s="19">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H35" s="19">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I35" s="19">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="J35" s="20">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K35" s="23"/>
     </row>
-    <row r="36" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C36" s="87" t="s">
+    <row r="36" spans="1:11" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="75"/>
+      <c r="C36" s="104" t="s">
         <v>26</v>
       </c>
       <c r="D36" s="27" t="s">
         <v>35</v>
       </c>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="49"/>
       <c r="K36" s="7"/>
     </row>
-    <row r="37" spans="1:11" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C37" s="87"/>
+    <row r="37" spans="1:11" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="75"/>
+      <c r="C37" s="105"/>
       <c r="D37" s="27" t="s">
         <v>28</v>
       </c>
       <c r="E37" s="48"/>
       <c r="F37" s="48"/>
       <c r="G37" s="48"/>
       <c r="H37" s="48"/>
       <c r="I37" s="48"/>
       <c r="J37" s="49"/>
       <c r="K37" s="7"/>
     </row>
-    <row r="38" spans="1:11" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C38" s="87"/>
+    <row r="38" spans="1:11" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="75"/>
+      <c r="C38" s="106"/>
       <c r="D38" s="26" t="s">
         <v>20</v>
       </c>
       <c r="E38" s="37">
         <f t="shared" ref="E38:J38" si="6">E36-E37</f>
         <v>0</v>
       </c>
       <c r="F38" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="G38" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H38" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="I38" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J38" s="38">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="K38" s="23"/>
     </row>
-    <row r="39" spans="1:11" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="71"/>
+    <row r="39" spans="1:11" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="76"/>
       <c r="C39" s="28" t="s">
         <v>27</v>
       </c>
       <c r="D39" s="26" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="21">
         <f t="shared" ref="E39:J39" si="7">E35*(E38/1000)</f>
         <v>0</v>
       </c>
       <c r="F39" s="21">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="G39" s="21">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="H39" s="21">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I39" s="21">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="J39" s="22">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K39" s="23"/>
     </row>
-    <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B40" s="91" t="s">
+    <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="98" t="s">
         <v>10</v>
       </c>
-      <c r="C40" s="92"/>
+      <c r="C40" s="99"/>
       <c r="D40" s="44" t="s">
         <v>10</v>
       </c>
       <c r="E40" s="8">
         <v>2020</v>
       </c>
       <c r="F40" s="8">
         <v>2021</v>
       </c>
       <c r="G40" s="8">
         <v>2022</v>
       </c>
       <c r="H40" s="8">
         <v>2023</v>
       </c>
       <c r="I40" s="8">
         <v>2024</v>
       </c>
       <c r="J40" s="9">
         <v>2025</v>
       </c>
       <c r="K40" s="7"/>
     </row>
-    <row r="41" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C41" s="92"/>
+    <row r="41" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="100"/>
+      <c r="C41" s="101"/>
       <c r="D41" s="26" t="s">
         <v>38</v>
       </c>
       <c r="E41" s="11">
         <f t="shared" ref="E41:J41" si="8">E22+E35</f>
         <v>0</v>
       </c>
       <c r="F41" s="11">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="G41" s="11">
         <f t="shared" si="8"/>
-        <v>0</v>
+        <v>2490</v>
       </c>
       <c r="H41" s="11">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="I41" s="11">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J41" s="12">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K41" s="7"/>
     </row>
-    <row r="42" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C42" s="92"/>
+    <row r="42" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="100"/>
+      <c r="C42" s="101"/>
       <c r="D42" s="26" t="s">
         <v>37</v>
       </c>
       <c r="E42" s="13">
         <f t="shared" ref="E42:J42" si="9">E26+E39</f>
         <v>0</v>
       </c>
       <c r="F42" s="13">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="G42" s="13">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="H42" s="13">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I42" s="13">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J42" s="14">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="K42" s="7"/>
     </row>
-    <row r="43" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C43" s="92"/>
+    <row r="43" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="100"/>
+      <c r="C43" s="101"/>
       <c r="D43" s="24" t="s">
         <v>30</v>
       </c>
       <c r="E43" s="50"/>
       <c r="F43" s="35">
         <f>F42-E42</f>
         <v>0</v>
       </c>
       <c r="G43" s="35">
         <f>G42-F42</f>
         <v>0</v>
       </c>
       <c r="H43" s="35">
         <f>H42-G42</f>
         <v>0</v>
       </c>
       <c r="I43" s="35">
         <f>I42-H42</f>
         <v>0</v>
       </c>
       <c r="J43" s="36">
         <f>J42-I42</f>
         <v>0</v>
       </c>
       <c r="K43" s="15"/>
     </row>
-    <row r="44" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C44" s="94"/>
+    <row r="44" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="102"/>
+      <c r="C44" s="103"/>
       <c r="D44" s="30" t="s">
         <v>31</v>
       </c>
       <c r="E44" s="51"/>
       <c r="F44" s="16" t="e">
         <f>F43/E42</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G44" s="16" t="e">
         <f>G43/F42</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H44" s="16" t="e">
         <f>H43/G42</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I44" s="16" t="e">
         <f>I43/H42</f>
         <v>#DIV/0!</v>
       </c>
       <c r="J44" s="17" t="e">
         <f>J43/I42</f>
         <v>#DIV/0!</v>
       </c>
       <c r="K44" s="7"/>
     </row>
-    <row r="48" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-    <row r="49" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="47" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="48" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="77"/>
+      <c r="B48" s="77"/>
+      <c r="C48" s="77"/>
+      <c r="D48" s="77"/>
+      <c r="E48" s="77"/>
+      <c r="F48" s="77"/>
+      <c r="G48" s="77"/>
+      <c r="H48" s="77"/>
+      <c r="I48" s="77"/>
+      <c r="J48" s="77"/>
+    </row>
+    <row r="49" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="31"/>
       <c r="B49" s="31"/>
       <c r="C49" s="31"/>
       <c r="D49" s="31"/>
       <c r="E49" s="31"/>
       <c r="F49" s="31"/>
       <c r="G49" s="31"/>
       <c r="H49" s="31"/>
       <c r="I49" s="31"/>
       <c r="J49" s="31"/>
     </row>
-    <row r="50" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="58" t="s">
         <v>42</v>
       </c>
       <c r="B50" s="58"/>
       <c r="C50" s="58"/>
       <c r="D50" s="65" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="65"/>
       <c r="F50" s="65"/>
       <c r="G50" s="65"/>
       <c r="H50" s="65"/>
       <c r="I50" s="65"/>
       <c r="J50" s="65"/>
     </row>
-    <row r="51" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="58"/>
       <c r="B51" s="58"/>
       <c r="C51" s="58"/>
       <c r="D51" s="65" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="65"/>
       <c r="F51" s="65"/>
       <c r="G51" s="65"/>
       <c r="H51" s="65"/>
       <c r="I51" s="65"/>
       <c r="J51" s="65"/>
     </row>
-    <row r="52" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="58"/>
       <c r="B52" s="58"/>
       <c r="C52" s="58"/>
       <c r="D52" s="65" t="s">
         <v>16</v>
       </c>
       <c r="E52" s="65"/>
       <c r="F52" s="65"/>
       <c r="G52" s="65"/>
       <c r="H52" s="65"/>
       <c r="I52" s="65"/>
       <c r="J52" s="65"/>
     </row>
-    <row r="53" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="4"/>
       <c r="H53" s="4"/>
       <c r="I53" s="4"/>
       <c r="J53" s="4"/>
     </row>
-    <row r="54" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="59" t="s">
         <v>7</v>
       </c>
       <c r="C54" s="60"/>
       <c r="D54" s="60"/>
       <c r="E54" s="60"/>
       <c r="F54" s="60"/>
       <c r="G54" s="60"/>
       <c r="H54" s="60"/>
       <c r="I54" s="60"/>
       <c r="J54" s="61"/>
     </row>
-    <row r="55" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="68" t="s">
+    <row r="55" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="71" t="s">
         <v>44</v>
       </c>
-      <c r="C55" s="69"/>
-[...6 lines deleted...]
-      <c r="J55" s="70"/>
+      <c r="C55" s="72"/>
+      <c r="D55" s="72"/>
+      <c r="E55" s="72"/>
+      <c r="F55" s="72"/>
+      <c r="G55" s="72"/>
+      <c r="H55" s="72"/>
+      <c r="I55" s="72"/>
+      <c r="J55" s="73"/>
       <c r="K55" s="6"/>
     </row>
-    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="62" t="s">
         <v>45</v>
       </c>
       <c r="C56" s="63"/>
       <c r="D56" s="63"/>
       <c r="E56" s="63"/>
       <c r="F56" s="63"/>
       <c r="G56" s="63"/>
       <c r="H56" s="63"/>
       <c r="I56" s="63"/>
       <c r="J56" s="64"/>
       <c r="K56" s="7"/>
     </row>
-    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B57" s="95" t="s">
+    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B57" s="107" t="s">
         <v>46</v>
       </c>
-      <c r="C57" s="96"/>
-[...6 lines deleted...]
-      <c r="J57" s="97"/>
+      <c r="C57" s="108"/>
+      <c r="D57" s="108"/>
+      <c r="E57" s="108"/>
+      <c r="F57" s="108"/>
+      <c r="G57" s="108"/>
+      <c r="H57" s="108"/>
+      <c r="I57" s="108"/>
+      <c r="J57" s="109"/>
       <c r="K57" s="7"/>
     </row>
-    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="84" t="s">
+    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B58" s="89" t="s">
         <v>48</v>
       </c>
-      <c r="C58" s="85"/>
-[...6 lines deleted...]
-      <c r="J58" s="86"/>
+      <c r="C58" s="90"/>
+      <c r="D58" s="90"/>
+      <c r="E58" s="90"/>
+      <c r="F58" s="90"/>
+      <c r="G58" s="90"/>
+      <c r="H58" s="90"/>
+      <c r="I58" s="90"/>
+      <c r="J58" s="91"/>
       <c r="K58" s="7"/>
     </row>
-    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="J59" s="86"/>
+    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B59" s="89"/>
+      <c r="C59" s="90"/>
+      <c r="D59" s="90"/>
+      <c r="E59" s="90"/>
+      <c r="F59" s="90"/>
+      <c r="G59" s="90"/>
+      <c r="H59" s="90"/>
+      <c r="I59" s="90"/>
+      <c r="J59" s="91"/>
       <c r="K59" s="7"/>
     </row>
-    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="71" t="s">
+    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B60" s="110" t="s">
         <v>24</v>
       </c>
-      <c r="C60" s="67" t="s">
-[...2 lines deleted...]
-      <c r="D60" s="67"/>
+      <c r="C60" s="120" t="s">
+        <v>0</v>
+      </c>
+      <c r="D60" s="120"/>
       <c r="E60" s="8">
         <v>2020</v>
       </c>
       <c r="F60" s="8">
         <v>2021</v>
       </c>
       <c r="G60" s="8">
         <v>2022</v>
       </c>
       <c r="H60" s="8">
         <v>2023</v>
       </c>
       <c r="I60" s="8">
         <v>2024</v>
       </c>
       <c r="J60" s="9">
         <v>2025</v>
       </c>
     </row>
-    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C61" s="87" t="s">
+    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B61" s="110"/>
+      <c r="C61" s="92" t="s">
         <v>25</v>
       </c>
       <c r="D61" s="24" t="s">
         <v>1</v>
       </c>
       <c r="E61" s="46"/>
       <c r="F61" s="46"/>
       <c r="G61" s="46"/>
       <c r="H61" s="46"/>
       <c r="I61" s="46"/>
       <c r="J61" s="47"/>
     </row>
-    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C62" s="87"/>
+    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B62" s="110"/>
+      <c r="C62" s="92"/>
       <c r="D62" s="24" t="s">
         <v>2</v>
       </c>
       <c r="E62" s="46"/>
       <c r="F62" s="46"/>
       <c r="G62" s="46"/>
       <c r="H62" s="46"/>
       <c r="I62" s="46"/>
       <c r="J62" s="47"/>
     </row>
-    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C63" s="87"/>
+    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B63" s="110"/>
+      <c r="C63" s="92"/>
       <c r="D63" s="24" t="s">
         <v>3</v>
       </c>
       <c r="E63" s="46"/>
       <c r="F63" s="46"/>
       <c r="G63" s="46"/>
       <c r="H63" s="46"/>
       <c r="I63" s="46"/>
       <c r="J63" s="47"/>
     </row>
-    <row r="64" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C64" s="87"/>
+    <row r="64" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B64" s="110"/>
+      <c r="C64" s="92"/>
       <c r="D64" s="24" t="s">
         <v>4</v>
       </c>
       <c r="E64" s="46"/>
       <c r="F64" s="46"/>
       <c r="G64" s="46"/>
       <c r="H64" s="46"/>
       <c r="I64" s="46"/>
       <c r="J64" s="47"/>
     </row>
-    <row r="65" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C65" s="87"/>
+    <row r="65" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B65" s="110"/>
+      <c r="C65" s="92"/>
       <c r="D65" s="24" t="s">
         <v>6</v>
       </c>
       <c r="E65" s="46"/>
       <c r="F65" s="46"/>
       <c r="G65" s="46"/>
       <c r="H65" s="46"/>
       <c r="I65" s="46"/>
       <c r="J65" s="47"/>
     </row>
-    <row r="66" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C66" s="87"/>
+    <row r="66" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B66" s="110"/>
+      <c r="C66" s="92"/>
       <c r="D66" s="24" t="s">
         <v>5</v>
       </c>
       <c r="E66" s="11">
         <f t="shared" ref="E66:J66" si="10">SUM(E61:E65)</f>
         <v>0</v>
       </c>
       <c r="F66" s="11">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="G66" s="11">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="H66" s="11">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="I66" s="11">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="J66" s="12">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C67" s="87"/>
+    <row r="67" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B67" s="110"/>
+      <c r="C67" s="92"/>
       <c r="D67" s="24" t="s">
         <v>33</v>
       </c>
       <c r="E67" s="46"/>
       <c r="F67" s="46"/>
       <c r="G67" s="46"/>
       <c r="H67" s="46"/>
       <c r="I67" s="46"/>
       <c r="J67" s="47"/>
     </row>
-    <row r="68" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C68" s="87"/>
+    <row r="68" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B68" s="110"/>
+      <c r="C68" s="92"/>
       <c r="D68" s="26" t="s">
         <v>34</v>
       </c>
       <c r="E68" s="11">
         <f t="shared" ref="E68:J68" si="11">E66-E67</f>
         <v>0</v>
       </c>
       <c r="F68" s="11">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="G68" s="11">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="H68" s="11">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="I68" s="11">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="J68" s="12">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C69" s="87" t="s">
+    <row r="69" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B69" s="110"/>
+      <c r="C69" s="92" t="s">
         <v>26</v>
       </c>
       <c r="D69" s="27" t="s">
         <v>35</v>
       </c>
       <c r="E69" s="48"/>
       <c r="F69" s="48"/>
       <c r="G69" s="48"/>
       <c r="H69" s="48"/>
       <c r="I69" s="48"/>
       <c r="J69" s="49"/>
     </row>
-    <row r="70" spans="1:10" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C70" s="87"/>
+    <row r="70" spans="1:10" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B70" s="110"/>
+      <c r="C70" s="92"/>
       <c r="D70" s="27" t="s">
         <v>36</v>
       </c>
       <c r="E70" s="48"/>
       <c r="F70" s="48"/>
       <c r="G70" s="48"/>
       <c r="H70" s="48"/>
       <c r="I70" s="48"/>
       <c r="J70" s="49"/>
     </row>
-    <row r="71" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C71" s="87"/>
+    <row r="71" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B71" s="110"/>
+      <c r="C71" s="92"/>
       <c r="D71" s="26" t="s">
         <v>20</v>
       </c>
       <c r="E71" s="41">
         <f t="shared" ref="E71:J71" si="12">E69-E70</f>
         <v>0</v>
       </c>
       <c r="F71" s="41">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="G71" s="41">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="H71" s="41">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="I71" s="41">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="J71" s="42">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
-    <row r="72" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C72" s="88" t="s">
+    <row r="72" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B72" s="110"/>
+      <c r="C72" s="93" t="s">
         <v>27</v>
       </c>
       <c r="D72" s="26" t="s">
         <v>37</v>
       </c>
       <c r="E72" s="13">
         <f t="shared" ref="E72:J72" si="13">E68*(E71/1000)</f>
         <v>0</v>
       </c>
       <c r="F72" s="13">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="G72" s="13">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="H72" s="13">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="I72" s="13">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="J72" s="14">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="73" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C73" s="88"/>
+    <row r="73" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B73" s="110"/>
+      <c r="C73" s="93"/>
       <c r="D73" s="24" t="s">
         <v>30</v>
       </c>
       <c r="E73" s="50"/>
       <c r="F73" s="35">
         <f>F72-E72</f>
         <v>0</v>
       </c>
       <c r="G73" s="35">
         <f>G72-F72</f>
         <v>0</v>
       </c>
       <c r="H73" s="35">
         <f>H72-G72</f>
         <v>0</v>
       </c>
       <c r="I73" s="35">
         <f>I72-H72</f>
         <v>0</v>
       </c>
       <c r="J73" s="36">
         <f>J72-I72</f>
         <v>0</v>
       </c>
     </row>
-    <row r="74" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C74" s="89"/>
+    <row r="74" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B74" s="111"/>
+      <c r="C74" s="94"/>
       <c r="D74" s="30" t="s">
         <v>31</v>
       </c>
       <c r="E74" s="51"/>
       <c r="F74" s="16" t="e">
         <f>F73/E72</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G74" s="16" t="e">
         <f>G73/F72</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H74" s="16" t="e">
         <f>H73/G72</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I74" s="16" t="e">
         <f>I73/H72</f>
         <v>#DIV/0!</v>
       </c>
       <c r="J74" s="17" t="e">
         <f>J73/I72</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="78" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="77" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="78" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="32"/>
       <c r="B78" s="32"/>
       <c r="C78" s="32"/>
       <c r="D78" s="32"/>
       <c r="E78" s="32"/>
       <c r="F78" s="32"/>
       <c r="G78" s="32"/>
       <c r="H78" s="32"/>
       <c r="I78" s="32"/>
       <c r="J78" s="32"/>
     </row>
-    <row r="80" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="74" t="s">
+    <row r="79" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="80" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="79" t="s">
         <v>43</v>
       </c>
-      <c r="B80" s="74"/>
-      <c r="C80" s="74"/>
+      <c r="B80" s="79"/>
+      <c r="C80" s="79"/>
       <c r="D80" s="65" t="s">
         <v>17</v>
       </c>
       <c r="E80" s="65"/>
       <c r="F80" s="65"/>
       <c r="G80" s="65"/>
       <c r="H80" s="65"/>
       <c r="I80" s="65"/>
       <c r="J80" s="65"/>
     </row>
-    <row r="81" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C81" s="74"/>
+    <row r="81" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="79"/>
+      <c r="B81" s="79"/>
+      <c r="C81" s="79"/>
       <c r="D81" s="65" t="s">
         <v>18</v>
       </c>
       <c r="E81" s="65"/>
       <c r="F81" s="65"/>
       <c r="G81" s="65"/>
       <c r="H81" s="65"/>
       <c r="I81" s="65"/>
       <c r="J81" s="65"/>
     </row>
-    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C82" s="74"/>
+    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="79"/>
+      <c r="B82" s="79"/>
+      <c r="C82" s="79"/>
       <c r="D82" s="65" t="s">
         <v>19</v>
       </c>
       <c r="E82" s="65"/>
       <c r="F82" s="65"/>
       <c r="G82" s="65"/>
       <c r="H82" s="65"/>
       <c r="I82" s="65"/>
       <c r="J82" s="65"/>
     </row>
-    <row r="83" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D83" s="18"/>
       <c r="E83" s="18"/>
       <c r="F83" s="18"/>
       <c r="G83" s="18"/>
       <c r="H83" s="18"/>
       <c r="I83" s="18"/>
       <c r="J83" s="18"/>
     </row>
-    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B84" s="75" t="s">
+    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B84" s="80" t="s">
         <v>7</v>
       </c>
-      <c r="C84" s="76"/>
-[...6 lines deleted...]
-      <c r="J84" s="77"/>
+      <c r="C84" s="81"/>
+      <c r="D84" s="81"/>
+      <c r="E84" s="81"/>
+      <c r="F84" s="81"/>
+      <c r="G84" s="81"/>
+      <c r="H84" s="81"/>
+      <c r="I84" s="81"/>
+      <c r="J84" s="82"/>
       <c r="K84" s="6"/>
     </row>
-    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B85" s="68" t="s">
+    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B85" s="71" t="s">
         <v>47</v>
       </c>
-      <c r="C85" s="69"/>
-[...6 lines deleted...]
-      <c r="J85" s="70"/>
+      <c r="C85" s="72"/>
+      <c r="D85" s="72"/>
+      <c r="E85" s="72"/>
+      <c r="F85" s="72"/>
+      <c r="G85" s="72"/>
+      <c r="H85" s="72"/>
+      <c r="I85" s="72"/>
+      <c r="J85" s="73"/>
       <c r="K85" s="7"/>
     </row>
-    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B86" s="62" t="s">
         <v>45</v>
       </c>
       <c r="C86" s="63"/>
       <c r="D86" s="63"/>
       <c r="E86" s="63"/>
       <c r="F86" s="63"/>
       <c r="G86" s="63"/>
       <c r="H86" s="63"/>
       <c r="I86" s="63"/>
       <c r="J86" s="64"/>
       <c r="K86" s="7"/>
     </row>
-    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B87" s="95" t="s">
+    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B87" s="107" t="s">
         <v>46</v>
       </c>
-      <c r="C87" s="96"/>
-[...6 lines deleted...]
-      <c r="J87" s="97"/>
+      <c r="C87" s="108"/>
+      <c r="D87" s="108"/>
+      <c r="E87" s="108"/>
+      <c r="F87" s="108"/>
+      <c r="G87" s="108"/>
+      <c r="H87" s="108"/>
+      <c r="I87" s="108"/>
+      <c r="J87" s="109"/>
       <c r="K87" s="7"/>
     </row>
-    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B88" s="84" t="s">
+    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B88" s="89" t="s">
         <v>48</v>
       </c>
-      <c r="C88" s="85"/>
-[...6 lines deleted...]
-      <c r="J88" s="86"/>
+      <c r="C88" s="90"/>
+      <c r="D88" s="90"/>
+      <c r="E88" s="90"/>
+      <c r="F88" s="90"/>
+      <c r="G88" s="90"/>
+      <c r="H88" s="90"/>
+      <c r="I88" s="90"/>
+      <c r="J88" s="91"/>
       <c r="K88" s="7"/>
     </row>
-    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-      <c r="B90" s="101" t="s">
+    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B89" s="89"/>
+      <c r="C89" s="90"/>
+      <c r="D89" s="90"/>
+      <c r="E89" s="90"/>
+      <c r="F89" s="90"/>
+      <c r="G89" s="90"/>
+      <c r="H89" s="90"/>
+      <c r="I89" s="90"/>
+      <c r="J89" s="91"/>
+    </row>
+    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B90" s="117" t="s">
         <v>39</v>
       </c>
-      <c r="C90" s="102"/>
-      <c r="D90" s="102"/>
+      <c r="C90" s="118"/>
+      <c r="D90" s="119"/>
       <c r="E90" s="8">
         <v>2020</v>
       </c>
       <c r="F90" s="8">
         <v>2021</v>
       </c>
       <c r="G90" s="8">
         <v>2022</v>
       </c>
       <c r="H90" s="8">
         <v>2023</v>
       </c>
       <c r="I90" s="8">
         <v>2024</v>
       </c>
       <c r="J90" s="9">
         <v>2025</v>
       </c>
     </row>
-    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B91" s="100" t="s">
+    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B91" s="114" t="s">
         <v>25</v>
       </c>
-      <c r="C91" s="99" t="s">
+      <c r="C91" s="112" t="s">
         <v>1</v>
       </c>
-      <c r="D91" s="99"/>
+      <c r="D91" s="113"/>
       <c r="E91" s="52"/>
       <c r="F91" s="52"/>
       <c r="G91" s="52"/>
       <c r="H91" s="52"/>
       <c r="I91" s="52"/>
       <c r="J91" s="53"/>
     </row>
-    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C92" s="99" t="s">
+    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B92" s="115"/>
+      <c r="C92" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="D92" s="99"/>
+      <c r="D92" s="113"/>
       <c r="E92" s="52"/>
       <c r="F92" s="52"/>
       <c r="G92" s="52"/>
       <c r="H92" s="52"/>
       <c r="I92" s="52"/>
       <c r="J92" s="53"/>
     </row>
-    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C93" s="99" t="s">
+    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B93" s="115"/>
+      <c r="C93" s="112" t="s">
         <v>3</v>
       </c>
-      <c r="D93" s="99"/>
+      <c r="D93" s="113"/>
       <c r="E93" s="52"/>
       <c r="F93" s="52"/>
       <c r="G93" s="52"/>
       <c r="H93" s="52"/>
       <c r="I93" s="52"/>
       <c r="J93" s="53"/>
     </row>
-    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C94" s="99" t="s">
+    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B94" s="115"/>
+      <c r="C94" s="112" t="s">
         <v>4</v>
       </c>
-      <c r="D94" s="99"/>
+      <c r="D94" s="113"/>
       <c r="E94" s="52"/>
       <c r="F94" s="52"/>
       <c r="G94" s="52"/>
       <c r="H94" s="52"/>
       <c r="I94" s="52"/>
       <c r="J94" s="53"/>
     </row>
-    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C95" s="99" t="s">
+    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B95" s="115"/>
+      <c r="C95" s="112" t="s">
         <v>6</v>
       </c>
-      <c r="D95" s="99"/>
+      <c r="D95" s="113"/>
       <c r="E95" s="52"/>
       <c r="F95" s="52"/>
       <c r="G95" s="52"/>
       <c r="H95" s="52"/>
       <c r="I95" s="52"/>
       <c r="J95" s="53"/>
     </row>
-    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C96" s="99" t="s">
+    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B96" s="115"/>
+      <c r="C96" s="112" t="s">
         <v>5</v>
       </c>
-      <c r="D96" s="99"/>
+      <c r="D96" s="113"/>
       <c r="E96" s="11">
         <f t="shared" ref="E96:J96" si="14">SUM(E91:E95)</f>
         <v>0</v>
       </c>
       <c r="F96" s="11">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="G96" s="11">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="H96" s="11">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="I96" s="11">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J96" s="12">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
-    <row r="97" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C97" s="99" t="s">
+    <row r="97" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B97" s="115"/>
+      <c r="C97" s="112" t="s">
         <v>33</v>
       </c>
-      <c r="D97" s="99"/>
+      <c r="D97" s="113"/>
       <c r="E97" s="52"/>
       <c r="F97" s="52"/>
       <c r="G97" s="52"/>
       <c r="H97" s="52"/>
       <c r="I97" s="52"/>
       <c r="J97" s="53"/>
     </row>
-    <row r="98" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C98" s="105" t="s">
+    <row r="98" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B98" s="116"/>
+      <c r="C98" s="124" t="s">
         <v>34</v>
       </c>
-      <c r="D98" s="105"/>
+      <c r="D98" s="125"/>
       <c r="E98" s="11">
         <f t="shared" ref="E98:J98" si="15">E96-E97</f>
         <v>0</v>
       </c>
       <c r="F98" s="11">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="G98" s="11">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H98" s="11">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="I98" s="11">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="J98" s="12">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
-    <row r="99" spans="2:10" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="99" spans="2:10" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B99" s="45" t="s">
         <v>26</v>
       </c>
-      <c r="C99" s="106" t="s">
+      <c r="C99" s="126" t="s">
         <v>40</v>
       </c>
-      <c r="D99" s="106"/>
+      <c r="D99" s="127"/>
       <c r="E99" s="54"/>
       <c r="F99" s="54"/>
       <c r="G99" s="54"/>
       <c r="H99" s="54"/>
       <c r="I99" s="54"/>
       <c r="J99" s="55"/>
     </row>
-    <row r="100" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B100" s="103" t="s">
+    <row r="100" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B100" s="121" t="s">
         <v>27</v>
       </c>
-      <c r="C100" s="105" t="s">
+      <c r="C100" s="124" t="s">
         <v>37</v>
       </c>
-      <c r="D100" s="105"/>
+      <c r="D100" s="125"/>
       <c r="E100" s="13">
         <f t="shared" ref="E100:J100" si="16">E98*(E99/1000)</f>
         <v>0</v>
       </c>
       <c r="F100" s="13">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="G100" s="13">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="H100" s="13">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="I100" s="13">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="J100" s="14">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
     </row>
-    <row r="101" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C101" s="99" t="s">
+    <row r="101" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B101" s="122"/>
+      <c r="C101" s="112" t="s">
         <v>30</v>
       </c>
-      <c r="D101" s="99"/>
+      <c r="D101" s="113"/>
       <c r="E101" s="56"/>
       <c r="F101" s="35">
         <f>F100-E100</f>
         <v>0</v>
       </c>
       <c r="G101" s="35">
         <f>G100-F100</f>
         <v>0</v>
       </c>
       <c r="H101" s="35">
         <f>H100-G100</f>
         <v>0</v>
       </c>
       <c r="I101" s="35">
         <f>I100-H100</f>
         <v>0</v>
       </c>
       <c r="J101" s="36">
         <f>J100-I100</f>
         <v>0</v>
       </c>
     </row>
-    <row r="102" spans="2:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C102" s="107" t="s">
+    <row r="102" spans="2:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B102" s="123"/>
+      <c r="C102" s="128" t="s">
         <v>31</v>
       </c>
-      <c r="D102" s="107"/>
+      <c r="D102" s="129"/>
       <c r="E102" s="57"/>
       <c r="F102" s="16" t="e">
         <f>F101/E100</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G102" s="16" t="e">
         <f>G101/F100</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H102" s="16" t="e">
         <f>H101/G100</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I102" s="16" t="e">
         <f>I101/H100</f>
         <v>#DIV/0!</v>
       </c>
       <c r="J102" s="17" t="e">
         <f>J101/I100</f>
         <v>#DIV/0!</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="58">
     <mergeCell ref="C91:D91"/>
@@ -3483,63 +3717,343 @@
     <mergeCell ref="C14:D14"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <conditionalFormatting sqref="E20:J20 E22:J22 E25:J26 E33:J33 E35:J35 E38:J39 E41:E42 F41:J44 E66:J66 E68:J68 E71:J72 F73:J74">
     <cfRule type="cellIs" dxfId="1" priority="2" stopIfTrue="1" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E96:J96 E98:J98 E100:J100 F101:J102">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.45" right="0.25" top="0.28000000000000003" bottom="0.33" header="0.3" footer="0.17"/>
   <pageSetup orientation="landscape" horizontalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;Chttp://www.etax.dor.ga.gov/ptd/download/index.aspx</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="45" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FF6005E5D74DD940B6EBE89D865EFB84" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5cd84b22c6f42336f422ad03ad6aba57">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a51d9f3-36e9-480f-ad55-5f29a773c374" xmlns:ns3="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="377aa82bfbbf21f697d386ba54679fa1" ns2:_="" ns3:_="">
+    <xsd:import namespace="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <xsd:import namespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:Hascontentbeenuploaded" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a51d9f3-36e9-480f-ad55-5f29a773c374" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0d1b9b15-6ca2-435f-87bd-c880ab911653" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Hascontentbeenuploaded" ma:index="20" nillable="true" ma:displayName="Has content been uploaded" ma:default="1" ma:format="Dropdown" ma:internalName="Hascontentbeenuploaded">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b650d3c7-c21a-45fa-9c6a-89edbfed0a2e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5678a980-3ba3-4bd5-a7b3-4f54691c6b59">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5678a980-3ba3-4bd5-a7b3-4f54691c6b59" xsi:nil="true"/>
+    <Hascontentbeenuploaded xmlns="1a51d9f3-36e9-480f-ad55-5f29a773c374">true</Hascontentbeenuploaded>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3EC8FAC-9C1A-4A16-9186-47F1E8CE5882}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAF33A24-478F-44CA-B0DA-2735E4AC8766}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{872D7C40-40AD-4B93-BED9-4E9C12C42E49}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="1a51d9f3-36e9-480f-ad55-5f29a773c374"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="5678a980-3ba3-4bd5-a7b3-4f54691c6b59"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>Current Prop Tax &amp; 5 Year Levy</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Georgia Dept of Revnue</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Current Tax Digest and 5 Year History of Levy Calculated</dc:title>
-  <dc:creator>Revenue Employee</dc:creator>
+  <dc:creator>Georgia Department of Revenue</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100FF6005E5D74DD940B6EBE89D865EFB84</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>